--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -35,75 +35,75 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>16.70</t>
   </si>
   <si>
     <t>12.58</t>
   </si>
   <si>
+    <t>Николай Катаев</t>
+  </si>
+  <si>
+    <t>23.24</t>
+  </si>
+  <si>
+    <t>15.64</t>
+  </si>
+  <si>
+    <t>Владимир Семидьянов</t>
+  </si>
+  <si>
+    <t>24.57</t>
+  </si>
+  <si>
+    <t>18.23</t>
+  </si>
+  <si>
     <t>Мария Жиц</t>
   </si>
   <si>
-    <t>22.00</t>
-[...20 lines deleted...]
-    <t>18.23</t>
+    <t>29.24</t>
+  </si>
+  <si>
+    <t>23.78</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>30.22</t>
   </si>
   <si>
     <t>20.28</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>30.78</t>
   </si>
   <si>
     <t>19.72</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>37.82</t>
   </si>