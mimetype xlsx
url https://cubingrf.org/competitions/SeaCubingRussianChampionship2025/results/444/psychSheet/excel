--- v0 (2025-11-30)
+++ v1 (2026-01-16)
@@ -12,77 +12,77 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>20.14</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>27.95</t>
+    <t>27.57</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
     <t>Иван Полканов</t>
   </si>
   <si>
     <t>29.01</t>
   </si>
   <si>
     <t>24.75</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>29.37</t>
   </si>
   <si>
     <t>24.07</t>
   </si>
   <si>
     <t>Михаил Копылов</t>
   </si>
@@ -116,354 +116,351 @@
   <si>
     <t>35.56</t>
   </si>
   <si>
     <t>30.41</t>
   </si>
   <si>
     <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>37.77</t>
   </si>
   <si>
     <t>34.75</t>
   </si>
   <si>
     <t>Доржо Цыбенов</t>
   </si>
   <si>
     <t>37.97</t>
   </si>
   <si>
     <t>32.49</t>
   </si>
   <si>
+    <t>Никита Пак</t>
+  </si>
+  <si>
+    <t>39.47</t>
+  </si>
+  <si>
+    <t>37.65</t>
+  </si>
+  <si>
     <t>Дмитрий Шевченко</t>
   </si>
   <si>
     <t>40.28</t>
   </si>
   <si>
     <t>35.02</t>
   </si>
   <si>
     <t>Дмитрий Класен</t>
   </si>
   <si>
     <t>41.07</t>
   </si>
   <si>
     <t>35.80</t>
   </si>
   <si>
     <t>Илья Соколов</t>
   </si>
   <si>
     <t>42.04</t>
   </si>
   <si>
     <t>35.72</t>
   </si>
   <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>42.48</t>
   </si>
   <si>
-    <t>39.65</t>
-[...8 lines deleted...]
-    <t>37.70</t>
+    <t>33.84</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>43.87</t>
   </si>
   <si>
     <t>35.87</t>
   </si>
   <si>
     <t>Максим Милосердов</t>
   </si>
   <si>
     <t>44.07</t>
   </si>
   <si>
     <t>41.93</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>44.72</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
     <t>Кирилл Ослонов</t>
   </si>
   <si>
     <t>45.99</t>
   </si>
   <si>
     <t>38.18</t>
   </si>
   <si>
     <t>Александр Черкасов</t>
   </si>
   <si>
     <t>46.15</t>
   </si>
   <si>
-    <t>44.30</t>
+    <t>38.31</t>
   </si>
   <si>
     <t>Андрей Копосов</t>
   </si>
   <si>
     <t>47.14</t>
   </si>
   <si>
     <t>39.73</t>
   </si>
   <si>
     <t>Алексей Плешков</t>
   </si>
   <si>
     <t>47.98</t>
   </si>
   <si>
     <t>45.56</t>
   </si>
   <si>
     <t>Артур Хамзин</t>
   </si>
   <si>
     <t>48.83</t>
   </si>
   <si>
     <t>43.01</t>
   </si>
   <si>
     <t>Роман Ярушевский</t>
   </si>
   <si>
     <t>49.11</t>
   </si>
   <si>
     <t>44.71</t>
   </si>
   <si>
     <t>Александр Сивцев</t>
   </si>
   <si>
     <t>51.56</t>
   </si>
   <si>
     <t>46.31</t>
   </si>
   <si>
+    <t>Артемий Стукарчук</t>
+  </si>
+  <si>
+    <t>53.84</t>
+  </si>
+  <si>
+    <t>43.89</t>
+  </si>
+  <si>
     <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>53.93</t>
   </si>
   <si>
     <t>39.79</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>54.40</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
     <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>54.46</t>
   </si>
   <si>
     <t>47.68</t>
   </si>
   <si>
     <t>Илья Мальцев</t>
   </si>
   <si>
     <t>54.51</t>
   </si>
   <si>
     <t>38.64</t>
   </si>
   <si>
-    <t>Артемий Стукарчук</t>
-[...7 lines deleted...]
-  <si>
     <t>Владислав Березниченко</t>
   </si>
   <si>
-    <t>55.77</t>
-[...2 lines deleted...]
-    <t>53.20</t>
+    <t>54.72</t>
+  </si>
+  <si>
+    <t>48.23</t>
   </si>
   <si>
     <t>Артур Друженя</t>
   </si>
   <si>
     <t>57.77</t>
   </si>
   <si>
-    <t>53.84</t>
-[...1 lines deleted...]
-  <si>
     <t>Арина Зубова</t>
   </si>
   <si>
     <t>58.34</t>
   </si>
   <si>
     <t>53.55</t>
   </si>
   <si>
+    <t>Владимир Березниченко</t>
+  </si>
+  <si>
+    <t>1:00.00</t>
+  </si>
+  <si>
+    <t>55.01</t>
+  </si>
+  <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
-    <t>1:01.70</t>
-[...2 lines deleted...]
-    <t>51.95</t>
+    <t>1:01.64</t>
+  </si>
+  <si>
+    <t>48.67</t>
   </si>
   <si>
     <t>Цыден Хармакшанов</t>
   </si>
   <si>
     <t>1:03.00</t>
   </si>
   <si>
     <t>54.84</t>
   </si>
   <si>
+    <t>Милана Лонгинова</t>
+  </si>
+  <si>
+    <t>1:03.39</t>
+  </si>
+  <si>
+    <t>54.57</t>
+  </si>
+  <si>
     <t>Никита Янукович</t>
   </si>
   <si>
     <t>1:03.65</t>
   </si>
   <si>
     <t>59.83</t>
   </si>
   <si>
     <t>Баир Павлов</t>
   </si>
   <si>
     <t>1:04.14</t>
   </si>
   <si>
     <t>57.12</t>
   </si>
   <si>
+    <t>Анастасия Квитченко</t>
+  </si>
+  <si>
+    <t>1:04.93</t>
+  </si>
+  <si>
+    <t>59.32</t>
+  </si>
+  <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:07.08</t>
   </si>
   <si>
     <t>56.26</t>
   </si>
   <si>
     <t>Даниил Придворев</t>
   </si>
   <si>
     <t>1:08.94</t>
   </si>
   <si>
     <t>1:05.17</t>
   </si>
   <si>
-    <t>Анастасия Квитченко</t>
-[...16 lines deleted...]
-  <si>
     <t>Афанасий Иванов</t>
   </si>
   <si>
     <t>1:13.88</t>
   </si>
   <si>
     <t>1:01.68</t>
   </si>
   <si>
-    <t>Владимир Березниченко</t>
-[...7 lines deleted...]
-  <si>
     <t>Денис Воробьев</t>
   </si>
   <si>
-    <t>1:19.08</t>
-[...2 lines deleted...]
-    <t>1:13.14</t>
+    <t>1:17.56</t>
+  </si>
+  <si>
+    <t>1:11.93</t>
   </si>
   <si>
     <t>Александра Ворошилова</t>
   </si>
   <si>
     <t>1:23.19</t>
   </si>
   <si>
     <t>1:12.86</t>
   </si>
   <si>
     <t>Фаррух Исаков</t>
   </si>
   <si>
     <t>1:23.34</t>
   </si>
   <si>
     <t>1:14.19</t>
   </si>
   <si>
     <t>Дмитрий Салахов</t>
   </si>
   <si>
     <t>1:24.37</t>
   </si>
@@ -494,72 +491,72 @@
   <si>
     <t>1:28.80</t>
   </si>
   <si>
     <t>1:24.15</t>
   </si>
   <si>
     <t>Роман Фотиев</t>
   </si>
   <si>
     <t>1:33.59</t>
   </si>
   <si>
     <t>1:13.69</t>
   </si>
   <si>
     <t>Де Дюн Пек</t>
   </si>
   <si>
     <t>1:54.54</t>
   </si>
   <si>
     <t>1:46.28</t>
   </si>
   <si>
+    <t>Родион Пипко</t>
+  </si>
+  <si>
+    <t>1:27.90</t>
+  </si>
+  <si>
     <t>Екатерина Кусачева</t>
   </si>
   <si>
     <t>1:48.28</t>
   </si>
   <si>
     <t>Согто Ламбаев</t>
   </si>
   <si>
     <t>2:11.04</t>
   </si>
   <si>
     <t>Артём Черняев</t>
   </si>
   <si>
     <t>2:14.82</t>
-  </si>
-[...4 lines deleted...]
-    <t>2:21.31</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1346,379 +1343,379 @@
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>94</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>95</v>
       </c>
       <c r="D32" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>97</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D33" t="s">
-        <v>99</v>
+        <v>80</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>99</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>102</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>105</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>108</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>111</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>114</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>117</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>120</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>123</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>126</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>129</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>132</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>135</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>138</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
+        <v>141</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="D48" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
+        <v>144</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="D49" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
+        <v>147</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="D50" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
+        <v>150</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="D51" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
+        <v>153</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="D52" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
+        <v>156</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="D53" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>