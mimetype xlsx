--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -17,546 +17,546 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...20 lines deleted...]
-    <t>27.57</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Timofei Tarasenko</t>
+  </si>
+  <si>
+    <t>22.28</t>
+  </si>
+  <si>
+    <t>19.19</t>
+  </si>
+  <si>
+    <t>Anatolii Turenko</t>
+  </si>
+  <si>
+    <t>26.51</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
-    <t>Иван Полканов</t>
-[...2 lines deleted...]
-    <t>29.01</t>
+    <t>Slavomil Voloskov</t>
+  </si>
+  <si>
+    <t>27.77</t>
+  </si>
+  <si>
+    <t>24.07</t>
+  </si>
+  <si>
+    <t>Mikhail Kopylov</t>
+  </si>
+  <si>
+    <t>29.33</t>
+  </si>
+  <si>
+    <t>21.42</t>
+  </si>
+  <si>
+    <t>Ivan Polkanov</t>
+  </si>
+  <si>
+    <t>29.35</t>
   </si>
   <si>
     <t>24.75</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
-[...17 lines deleted...]
-    <t>Владислав Мельников</t>
+    <t>Vladislav Melnikov</t>
   </si>
   <si>
     <t>32.99</t>
   </si>
   <si>
     <t>27.60</t>
   </si>
   <si>
-    <t>Александр Докин</t>
+    <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>27.22</t>
   </si>
   <si>
-    <t>Дмитрий Якинто</t>
+    <t>Vadim Sukharev</t>
+  </si>
+  <si>
+    <t>35.27</t>
+  </si>
+  <si>
+    <t>33.55</t>
+  </si>
+  <si>
+    <t>Dmitry Matthew Yaquinto</t>
   </si>
   <si>
     <t>35.56</t>
   </si>
   <si>
     <t>30.41</t>
   </si>
   <si>
-    <t>Вадим Сухарев</t>
-[...8 lines deleted...]
-    <t>Доржо Цыбенов</t>
+    <t>Nikita Pak</t>
+  </si>
+  <si>
+    <t>36.57</t>
+  </si>
+  <si>
+    <t>32.98</t>
+  </si>
+  <si>
+    <t>Dorzho Tsybenov</t>
   </si>
   <si>
     <t>37.97</t>
   </si>
   <si>
     <t>32.49</t>
   </si>
   <si>
-    <t>Никита Пак</t>
-[...8 lines deleted...]
-    <t>Дмитрий Шевченко</t>
+    <t>Dmitriy Shevchenko</t>
   </si>
   <si>
     <t>40.28</t>
   </si>
   <si>
     <t>35.02</t>
   </si>
   <si>
-    <t>Дмитрий Класен</t>
+    <t>Dmitriy Klasen</t>
   </si>
   <si>
     <t>41.07</t>
   </si>
   <si>
     <t>35.80</t>
   </si>
   <si>
-    <t>Илья Соколов</t>
+    <t>Ilya Sokolov</t>
   </si>
   <si>
     <t>42.04</t>
   </si>
   <si>
     <t>35.72</t>
   </si>
   <si>
-    <t>Андрей Кошелев</t>
+    <t>Kirill Oslonov</t>
+  </si>
+  <si>
+    <t>42.44</t>
+  </si>
+  <si>
+    <t>38.18</t>
+  </si>
+  <si>
+    <t>Andrey Kohhelev</t>
   </si>
   <si>
     <t>42.48</t>
   </si>
   <si>
     <t>33.84</t>
   </si>
   <si>
-    <t>Тимофей Терещенко</t>
+    <t>Timofey Tereshchenko</t>
   </si>
   <si>
     <t>43.87</t>
   </si>
   <si>
-    <t>35.87</t>
-[...2 lines deleted...]
-    <t>Максим Милосердов</t>
+    <t>37.85</t>
+  </si>
+  <si>
+    <t>Maksim Miloserdov</t>
   </si>
   <si>
     <t>44.07</t>
   </si>
   <si>
-    <t>41.93</t>
-[...5 lines deleted...]
-    <t>44.72</t>
+    <t>38.49</t>
+  </si>
+  <si>
+    <t>Andrey Zhukov</t>
+  </si>
+  <si>
+    <t>45.13</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
-    <t>Кирилл Ослонов</t>
-[...8 lines deleted...]
-    <t>Александр Черкасов</t>
+    <t>Aleksandr Cherkasov</t>
   </si>
   <si>
     <t>46.15</t>
   </si>
   <si>
     <t>38.31</t>
   </si>
   <si>
-    <t>Андрей Копосов</t>
+    <t>Andrey Koposov</t>
   </si>
   <si>
     <t>47.14</t>
   </si>
   <si>
     <t>39.73</t>
   </si>
   <si>
-    <t>Алексей Плешков</t>
+    <t>Vladislav Bereznichenko</t>
+  </si>
+  <si>
+    <t>47.31</t>
+  </si>
+  <si>
+    <t>39.31</t>
+  </si>
+  <si>
+    <t>Aleksey Pleshkov</t>
   </si>
   <si>
     <t>47.98</t>
   </si>
   <si>
-    <t>45.56</t>
-[...2 lines deleted...]
-    <t>Артур Хамзин</t>
+    <t>45.18</t>
+  </si>
+  <si>
+    <t>Artur Khamzin</t>
   </si>
   <si>
     <t>48.83</t>
   </si>
   <si>
     <t>43.01</t>
   </si>
   <si>
-    <t>Роман Ярушевский</t>
+    <t>Roman Yarushevskiy</t>
   </si>
   <si>
     <t>49.11</t>
   </si>
   <si>
     <t>44.71</t>
   </si>
   <si>
-    <t>Александр Сивцев</t>
+    <t>Tsyden Kharmakshanov</t>
+  </si>
+  <si>
+    <t>50.27</t>
+  </si>
+  <si>
+    <t>48.39</t>
+  </si>
+  <si>
+    <t>Alexander Sivtsev</t>
   </si>
   <si>
     <t>51.56</t>
   </si>
   <si>
     <t>46.31</t>
   </si>
   <si>
-    <t>Артемий Стукарчук</t>
+    <t>Artemiy Stukarchuk</t>
   </si>
   <si>
     <t>53.84</t>
   </si>
   <si>
     <t>43.89</t>
   </si>
   <si>
-    <t>Анастасия Тихенко</t>
+    <t>Anastasia Tikhenko</t>
   </si>
   <si>
     <t>53.93</t>
   </si>
   <si>
     <t>39.79</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
+    <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>54.40</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
-    <t>Алексей Корицкий</t>
-[...2 lines deleted...]
-    <t>54.46</t>
+    <t>Alexey Koritskiy</t>
+  </si>
+  <si>
+    <t>54.48</t>
   </si>
   <si>
     <t>47.68</t>
   </si>
   <si>
-    <t>Илья Мальцев</t>
+    <t>Ilia Maltsev</t>
   </si>
   <si>
     <t>54.51</t>
   </si>
   <si>
     <t>38.64</t>
   </si>
   <si>
-    <t>Владислав Березниченко</t>
-[...8 lines deleted...]
-    <t>Артур Друженя</t>
+    <t>Artur Druzhenya</t>
   </si>
   <si>
     <t>57.77</t>
   </si>
   <si>
-    <t>Арина Зубова</t>
+    <t>51.48</t>
+  </si>
+  <si>
+    <t>Arina Zubova</t>
   </si>
   <si>
     <t>58.34</t>
   </si>
   <si>
-    <t>53.55</t>
-[...2 lines deleted...]
-    <t>Владимир Березниченко</t>
+    <t>52.57</t>
+  </si>
+  <si>
+    <t>Vladimir Bereznichenko</t>
   </si>
   <si>
     <t>1:00.00</t>
   </si>
   <si>
     <t>55.01</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
+    <t>Denis Vorobyev</t>
+  </si>
+  <si>
+    <t>1:00.86</t>
+  </si>
+  <si>
+    <t>55.40</t>
+  </si>
+  <si>
+    <t>Milana Longinova</t>
+  </si>
+  <si>
+    <t>1:01.19</t>
+  </si>
+  <si>
+    <t>51.12</t>
+  </si>
+  <si>
+    <t>Daria Eliseeva</t>
   </si>
   <si>
     <t>1:01.64</t>
   </si>
   <si>
     <t>48.67</t>
   </si>
   <si>
-    <t>Цыден Хармакшанов</t>
-[...17 lines deleted...]
-    <t>Никита Янукович</t>
+    <t>Nikita Yanucovich</t>
   </si>
   <si>
     <t>1:03.65</t>
   </si>
   <si>
-    <t>59.83</t>
-[...2 lines deleted...]
-    <t>Баир Павлов</t>
+    <t>57.22</t>
+  </si>
+  <si>
+    <t>Bair Pavlov</t>
   </si>
   <si>
     <t>1:04.14</t>
   </si>
   <si>
     <t>57.12</t>
   </si>
   <si>
-    <t>Анастасия Квитченко</t>
+    <t>Anastasiya Kvitchenko</t>
   </si>
   <si>
     <t>1:04.93</t>
   </si>
   <si>
     <t>59.32</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
+    <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>1:07.08</t>
   </si>
   <si>
     <t>56.26</t>
   </si>
   <si>
-    <t>Даниил Придворев</t>
+    <t>Daniil Pridvorev</t>
   </si>
   <si>
     <t>1:08.94</t>
   </si>
   <si>
     <t>1:05.17</t>
   </si>
   <si>
-    <t>Афанасий Иванов</t>
+    <t>Afanasy Ivanov</t>
   </si>
   <si>
     <t>1:13.88</t>
   </si>
   <si>
-    <t>1:01.68</t>
-[...20 lines deleted...]
-    <t>Фаррух Исаков</t>
+    <t>59.16</t>
+  </si>
+  <si>
+    <t>Bair Yeshiyev</t>
+  </si>
+  <si>
+    <t>1:19.43</t>
+  </si>
+  <si>
+    <t>1:00.34</t>
+  </si>
+  <si>
+    <t>Aleksandra Voroshilova</t>
+  </si>
+  <si>
+    <t>1:20.92</t>
+  </si>
+  <si>
+    <t>1:11.10</t>
+  </si>
+  <si>
+    <t>Roman Fotiev</t>
+  </si>
+  <si>
+    <t>1:20.97</t>
+  </si>
+  <si>
+    <t>1:13.07</t>
+  </si>
+  <si>
+    <t>Farrukh Isakov</t>
   </si>
   <si>
     <t>1:23.34</t>
   </si>
   <si>
     <t>1:14.19</t>
   </si>
   <si>
-    <t>Дмитрий Салахов</t>
-[...17 lines deleted...]
-    <t>Мирон Головатый</t>
+    <t>Miron Golovatyi</t>
   </si>
   <si>
     <t>1:27.47</t>
   </si>
   <si>
     <t>1:16.06</t>
   </si>
   <si>
-    <t>Вероника Максимова</t>
+    <t>Rodion Pipko</t>
+  </si>
+  <si>
+    <t>1:28.16</t>
+  </si>
+  <si>
+    <t>1:19.94</t>
+  </si>
+  <si>
+    <t>Veronica Maximova</t>
   </si>
   <si>
     <t>1:28.80</t>
   </si>
   <si>
-    <t>1:24.15</t>
-[...11 lines deleted...]
-    <t>Де Дюн Пек</t>
+    <t>1:22.32</t>
+  </si>
+  <si>
+    <t>De Dyun Pek</t>
   </si>
   <si>
     <t>1:54.54</t>
   </si>
   <si>
     <t>1:46.28</t>
   </si>
   <si>
-    <t>Родион Пипко</t>
-[...5 lines deleted...]
-    <t>Екатерина Кусачева</t>
+    <t>Ekaterina Kusacheva</t>
   </si>
   <si>
     <t>1:48.28</t>
   </si>
   <si>
-    <t>Согто Ламбаев</t>
+    <t>Sogto Lambaev</t>
   </si>
   <si>
     <t>2:11.04</t>
   </si>
   <si>
-    <t>Артём Черняев</t>
+    <t>Artem Chernyaev</t>
   </si>
   <si>
     <t>2:14.82</t>
+  </si>
+  <si>
+    <t>Dmitry Salakhov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1343,380 +1343,374 @@
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>94</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>95</v>
       </c>
       <c r="D32" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>97</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D33" t="s">
-        <v>80</v>
+        <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D34" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D35" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D36" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D37" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D38" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D39" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D40" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D41" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D42" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D43" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D44" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D45" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D46" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D47" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D48" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D49" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D50" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D51" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D52" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D53" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="57" spans="1:4">
-      <c r="A57">
-[...1 lines deleted...]
-      </c>
       <c r="B57" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C57" s="1"/>
-      <c r="D57" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">