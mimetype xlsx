--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,90 +17,90 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444bf" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Andrey Koposov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Андрей Копосов</t>
   </si>
   <si>
     <t>1:53.77</t>
   </si>
   <si>
     <t>1:29.00</t>
   </si>
   <si>
-    <t>Andrei Ilin</t>
+    <t>Андрей Ильин</t>
   </si>
   <si>
     <t>3:27.80</t>
   </si>
   <si>
-    <t>Andrey Derevyagin</t>
-[...5 lines deleted...]
-    <t>Aleksandr Cherkasov</t>
+    <t>Андрей Деревягин</t>
+  </si>
+  <si>
+    <t>5:35.81</t>
+  </si>
+  <si>
+    <t>Александр Черкасов</t>
   </si>
   <si>
     <t>7:29.82</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
-[...2 lines deleted...]
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>