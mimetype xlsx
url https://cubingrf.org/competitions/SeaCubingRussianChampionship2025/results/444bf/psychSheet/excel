--- v1 (2026-01-15)
+++ v2 (2026-01-15)
@@ -17,90 +17,90 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444bf" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Андрей Копосов</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Andrey Koposov</t>
   </si>
   <si>
     <t>1:53.77</t>
   </si>
   <si>
     <t>1:29.00</t>
   </si>
   <si>
-    <t>Андрей Ильин</t>
+    <t>Andrei Ilin</t>
   </si>
   <si>
     <t>3:27.80</t>
   </si>
   <si>
-    <t>Андрей Деревягин</t>
+    <t>Andrey Derevyagin</t>
   </si>
   <si>
     <t>5:35.81</t>
   </si>
   <si>
-    <t>Александр Черкасов</t>
+    <t>Aleksandr Cherkasov</t>
   </si>
   <si>
     <t>7:29.82</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
-[...2 lines deleted...]
-    <t>Габриэлла Ивахницкая</t>
+    <t>Anatolii Turenko</t>
+  </si>
+  <si>
+    <t>Gabriella Ivakhnitskaya</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>