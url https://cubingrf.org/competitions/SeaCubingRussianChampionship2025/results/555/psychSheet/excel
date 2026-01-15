--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,381 +17,381 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>37.50</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
+  </si>
+  <si>
+    <t>36.35</t>
   </si>
   <si>
     <t>31.94</t>
   </si>
   <si>
-    <t>Ivan Polkanov</t>
+    <t>Иван Полканов</t>
   </si>
   <si>
     <t>49.94</t>
   </si>
   <si>
     <t>43.72</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
-    <t>Vladislav Melnikov</t>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>54.02</t>
+  </si>
+  <si>
+    <t>46.09</t>
+  </si>
+  <si>
+    <t>Владислав Мельников</t>
   </si>
   <si>
     <t>54.29</t>
   </si>
   <si>
     <t>48.61</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
-[...8 lines deleted...]
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>1:01.12</t>
   </si>
   <si>
     <t>54.00</t>
   </si>
   <si>
-    <t>Mikhail Kopylov</t>
+    <t>Михаил Копылов</t>
   </si>
   <si>
     <t>1:07.58</t>
   </si>
   <si>
     <t>54.13</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>1:09.29</t>
   </si>
   <si>
     <t>59.43</t>
   </si>
   <si>
-    <t>Dmitry Matthew Yaquinto</t>
+    <t>Дмитрий Якинто</t>
   </si>
   <si>
     <t>1:14.45</t>
   </si>
   <si>
     <t>1:08.27</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>1:14.68</t>
   </si>
   <si>
     <t>1:09.34</t>
   </si>
   <si>
-    <t>Dmitriy Klasen</t>
+    <t>Дмитрий Класен</t>
   </si>
   <si>
     <t>1:19.01</t>
   </si>
   <si>
     <t>1:15.66</t>
   </si>
   <si>
-    <t>Dorzho Tsybenov</t>
+    <t>Доржо Цыбенов</t>
   </si>
   <si>
     <t>1:19.91</t>
   </si>
   <si>
     <t>1:11.59</t>
   </si>
   <si>
-    <t>Nikita Pak</t>
+    <t>Никита Пак</t>
   </si>
   <si>
     <t>1:22.04</t>
   </si>
   <si>
     <t>1:14.55</t>
   </si>
   <si>
-    <t>Dmitriy Shevchenko</t>
+    <t>Дмитрий Шевченко</t>
   </si>
   <si>
     <t>1:26.40</t>
   </si>
   <si>
     <t>1:20.78</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
-    <t>Ilya Sokolov</t>
+    <t>Илья Соколов</t>
   </si>
   <si>
     <t>1:31.26</t>
   </si>
   <si>
     <t>1:25.40</t>
   </si>
   <si>
-    <t>Dmitrii Muchkaev</t>
+    <t>Дмитрий Мучкаев</t>
   </si>
   <si>
     <t>1:34.67</t>
   </si>
   <si>
     <t>1:32.56</t>
   </si>
   <si>
-    <t>Andrey Kohhelev</t>
+    <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>1:36.48</t>
   </si>
   <si>
     <t>1:26.93</t>
   </si>
   <si>
-    <t>Aleksey Pleshkov</t>
+    <t>Алексей Плешков</t>
   </si>
   <si>
     <t>1:36.91</t>
   </si>
   <si>
     <t>1:32.85</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
+    <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>1:37.71</t>
   </si>
   <si>
     <t>1:29.79</t>
   </si>
   <si>
-    <t>Anastasia Tikhenko</t>
+    <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>1:37.81</t>
   </si>
   <si>
-    <t>1:29.33</t>
-[...2 lines deleted...]
-    <t>Tsyden Kharmakshanov</t>
+    <t>1:28.93</t>
+  </si>
+  <si>
+    <t>Цыден Хармакшанов</t>
   </si>
   <si>
     <t>1:38.32</t>
   </si>
   <si>
     <t>1:33.84</t>
   </si>
   <si>
-    <t>Roman Yarushevskiy</t>
+    <t>Роман Ярушевский</t>
   </si>
   <si>
     <t>1:41.60</t>
   </si>
   <si>
     <t>1:32.14</t>
   </si>
   <si>
-    <t>Artur Khamzin</t>
+    <t>Артур Хамзин</t>
   </si>
   <si>
     <t>1:43.73</t>
   </si>
   <si>
     <t>1:30.49</t>
   </si>
   <si>
-    <t>Ilia Maltsev</t>
+    <t>Илья Мальцев</t>
   </si>
   <si>
     <t>1:44.07</t>
   </si>
   <si>
     <t>1:35.69</t>
   </si>
   <si>
-    <t>Arina Zubova</t>
+    <t>Арина Зубова</t>
   </si>
   <si>
     <t>1:50.11</t>
   </si>
   <si>
     <t>1:44.06</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>1:56.50</t>
   </si>
   <si>
     <t>1:41.64</t>
   </si>
   <si>
-    <t>Maksim Miloserdov</t>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>1:56.99</t>
   </si>
   <si>
     <t>1:47.27</t>
   </si>
   <si>
-    <t>Vladislav Bereznichenko</t>
+    <t>Владислав Березниченко</t>
   </si>
   <si>
     <t>2:00.33</t>
   </si>
   <si>
     <t>1:55.09</t>
   </si>
   <si>
-    <t>Milana Longinova</t>
+    <t>Милана Лонгинова</t>
   </si>
   <si>
     <t>2:20.68</t>
   </si>
   <si>
     <t>1:47.48</t>
   </si>
   <si>
-    <t>Bair Pavlov</t>
+    <t>Баир Павлов</t>
   </si>
   <si>
     <t>2:27.20</t>
   </si>
   <si>
     <t>2:13.49</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>2:33.39</t>
   </si>
   <si>
     <t>2:02.92</t>
   </si>
   <si>
-    <t>Artur Druzhenya</t>
+    <t>Артур Друженя</t>
   </si>
   <si>
     <t>2:06.17</t>
   </si>
   <si>
-    <t>Vladimir Bereznichenko</t>
+    <t>Владимир Березниченко</t>
   </si>
   <si>
     <t>2:15.97</t>
   </si>
   <si>
-    <t>Denis vorobyev</t>
+    <t>Денис Воробьев</t>
   </si>
   <si>
     <t>2:18.56</t>
   </si>
   <si>
-    <t>Bair Yeshiyev</t>
+    <t>Баир Ешиев</t>
   </si>
   <si>
     <t>2:41.11</t>
   </si>
   <si>
-    <t>Miron Golovatyi</t>
-[...8 lines deleted...]
-    <t>Yan Hardikov</t>
+    <t>Мирон Головатый</t>
+  </si>
+  <si>
+    <t>2:42.49</t>
+  </si>
+  <si>
+    <t>Артём Черняев</t>
+  </si>
+  <si>
+    <t>Ян Хардиков</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>