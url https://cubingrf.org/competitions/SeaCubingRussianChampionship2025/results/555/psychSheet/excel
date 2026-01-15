--- v1 (2026-01-15)
+++ v2 (2026-01-15)
@@ -17,381 +17,381 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Тимофей Тарасенко</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Timofei Tarasenko</t>
   </si>
   <si>
     <t>36.35</t>
   </si>
   <si>
     <t>31.94</t>
   </si>
   <si>
-    <t>Иван Полканов</t>
+    <t>Ivan Polkanov</t>
   </si>
   <si>
     <t>49.94</t>
   </si>
   <si>
     <t>43.72</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
+    <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
+    <t>Anatolii Turenko</t>
   </si>
   <si>
     <t>54.02</t>
   </si>
   <si>
     <t>46.09</t>
   </si>
   <si>
-    <t>Владислав Мельников</t>
+    <t>Vladislav Melnikov</t>
   </si>
   <si>
     <t>54.29</t>
   </si>
   <si>
     <t>48.61</t>
   </si>
   <si>
-    <t>Александр Докин</t>
+    <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>1:01.12</t>
   </si>
   <si>
     <t>54.00</t>
   </si>
   <si>
-    <t>Михаил Копылов</t>
+    <t>Mikhail Kopylov</t>
   </si>
   <si>
     <t>1:07.58</t>
   </si>
   <si>
     <t>54.13</t>
   </si>
   <si>
-    <t>Вадим Сухарев</t>
+    <t>Vadim Sukharev</t>
   </si>
   <si>
     <t>1:09.29</t>
   </si>
   <si>
     <t>59.43</t>
   </si>
   <si>
-    <t>Дмитрий Якинто</t>
+    <t>Dmitry Matthew Yaquinto</t>
   </si>
   <si>
     <t>1:14.45</t>
   </si>
   <si>
     <t>1:08.27</t>
   </si>
   <si>
-    <t>Тимофей Терещенко</t>
+    <t>Timofey Tereshchenko</t>
   </si>
   <si>
     <t>1:14.68</t>
   </si>
   <si>
     <t>1:09.34</t>
   </si>
   <si>
-    <t>Дмитрий Класен</t>
+    <t>Dmitriy Klasen</t>
   </si>
   <si>
     <t>1:19.01</t>
   </si>
   <si>
     <t>1:15.66</t>
   </si>
   <si>
-    <t>Доржо Цыбенов</t>
+    <t>Dorzho Tsybenov</t>
   </si>
   <si>
     <t>1:19.91</t>
   </si>
   <si>
     <t>1:11.59</t>
   </si>
   <si>
-    <t>Никита Пак</t>
+    <t>Nikita Pak</t>
   </si>
   <si>
     <t>1:22.04</t>
   </si>
   <si>
     <t>1:14.55</t>
   </si>
   <si>
-    <t>Дмитрий Шевченко</t>
+    <t>Dmitriy Shevchenko</t>
   </si>
   <si>
     <t>1:26.40</t>
   </si>
   <si>
     <t>1:20.78</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
-    <t>Илья Соколов</t>
+    <t>Ilya Sokolov</t>
   </si>
   <si>
     <t>1:31.26</t>
   </si>
   <si>
     <t>1:25.40</t>
   </si>
   <si>
-    <t>Дмитрий Мучкаев</t>
+    <t>Dmitrii Muchkaev</t>
   </si>
   <si>
     <t>1:34.67</t>
   </si>
   <si>
     <t>1:32.56</t>
   </si>
   <si>
-    <t>Андрей Кошелев</t>
+    <t>Andrey Kohhelev</t>
   </si>
   <si>
     <t>1:36.48</t>
   </si>
   <si>
     <t>1:26.93</t>
   </si>
   <si>
-    <t>Алексей Плешков</t>
+    <t>Aleksey Pleshkov</t>
   </si>
   <si>
     <t>1:36.91</t>
   </si>
   <si>
     <t>1:32.85</t>
   </si>
   <si>
-    <t>Алексей Корицкий</t>
+    <t>Alexey Koritskiy</t>
   </si>
   <si>
     <t>1:37.71</t>
   </si>
   <si>
     <t>1:29.79</t>
   </si>
   <si>
-    <t>Анастасия Тихенко</t>
+    <t>Anastasia Tikhenko</t>
   </si>
   <si>
     <t>1:37.81</t>
   </si>
   <si>
     <t>1:28.93</t>
   </si>
   <si>
-    <t>Цыден Хармакшанов</t>
+    <t>Tsyden Kharmakshanov</t>
   </si>
   <si>
     <t>1:38.32</t>
   </si>
   <si>
     <t>1:33.84</t>
   </si>
   <si>
-    <t>Роман Ярушевский</t>
+    <t>Roman Yarushevskiy</t>
   </si>
   <si>
     <t>1:41.60</t>
   </si>
   <si>
     <t>1:32.14</t>
   </si>
   <si>
-    <t>Артур Хамзин</t>
+    <t>Artur Khamzin</t>
   </si>
   <si>
     <t>1:43.73</t>
   </si>
   <si>
     <t>1:30.49</t>
   </si>
   <si>
-    <t>Илья Мальцев</t>
+    <t>Ilia Maltsev</t>
   </si>
   <si>
     <t>1:44.07</t>
   </si>
   <si>
     <t>1:35.69</t>
   </si>
   <si>
-    <t>Арина Зубова</t>
+    <t>Arina Zubova</t>
   </si>
   <si>
     <t>1:50.11</t>
   </si>
   <si>
     <t>1:44.06</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
+    <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>1:56.50</t>
   </si>
   <si>
     <t>1:41.64</t>
   </si>
   <si>
-    <t>Максим Милосердов</t>
+    <t>Maksim Miloserdov</t>
   </si>
   <si>
     <t>1:56.99</t>
   </si>
   <si>
     <t>1:47.27</t>
   </si>
   <si>
-    <t>Владислав Березниченко</t>
+    <t>Vladislav Bereznichenko</t>
   </si>
   <si>
     <t>2:00.33</t>
   </si>
   <si>
     <t>1:55.09</t>
   </si>
   <si>
-    <t>Милана Лонгинова</t>
+    <t>Milana Longinova</t>
   </si>
   <si>
     <t>2:20.68</t>
   </si>
   <si>
     <t>1:47.48</t>
   </si>
   <si>
-    <t>Баир Павлов</t>
+    <t>Bair Pavlov</t>
   </si>
   <si>
     <t>2:27.20</t>
   </si>
   <si>
     <t>2:13.49</t>
   </si>
   <si>
-    <t>Александр Катюков</t>
+    <t>Alexander Katyukov</t>
   </si>
   <si>
     <t>2:33.39</t>
   </si>
   <si>
     <t>2:02.92</t>
   </si>
   <si>
-    <t>Артур Друженя</t>
+    <t>Artur Druzhenya</t>
   </si>
   <si>
     <t>2:06.17</t>
   </si>
   <si>
-    <t>Владимир Березниченко</t>
+    <t>Vladimir Bereznichenko</t>
   </si>
   <si>
     <t>2:15.97</t>
   </si>
   <si>
-    <t>Денис Воробьев</t>
+    <t>Denis Vorobyev</t>
   </si>
   <si>
     <t>2:18.56</t>
   </si>
   <si>
-    <t>Баир Ешиев</t>
+    <t>Bair Yeshiyev</t>
   </si>
   <si>
     <t>2:41.11</t>
   </si>
   <si>
-    <t>Мирон Головатый</t>
+    <t>Miron Golovatyi</t>
   </si>
   <si>
     <t>2:42.49</t>
   </si>
   <si>
-    <t>Артём Черняев</t>
-[...2 lines deleted...]
-    <t>Ян Хардиков</t>
+    <t>Artem Chernyaev</t>
+  </si>
+  <si>
+    <t>Yan Hardikov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>