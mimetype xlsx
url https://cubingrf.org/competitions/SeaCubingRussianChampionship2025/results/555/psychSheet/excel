--- v2 (2026-01-15)
+++ v3 (2026-03-03)
@@ -12,386 +12,401 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>36.35</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
+  </si>
+  <si>
+    <t>38.03</t>
   </si>
   <si>
     <t>31.94</t>
   </si>
   <si>
-    <t>Ivan Polkanov</t>
-[...8 lines deleted...]
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
-[...2 lines deleted...]
-    <t>54.02</t>
+    <t>Иван Полканов</t>
+  </si>
+  <si>
+    <t>52.22</t>
+  </si>
+  <si>
+    <t>47.53</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>52.82</t>
   </si>
   <si>
     <t>46.09</t>
   </si>
   <si>
-    <t>Vladislav Melnikov</t>
+    <t>Владислав Мельников</t>
   </si>
   <si>
     <t>54.29</t>
   </si>
   <si>
     <t>48.61</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Михаил Копылов</t>
+  </si>
+  <si>
+    <t>1:00.95</t>
+  </si>
+  <si>
+    <t>54.13</t>
+  </si>
+  <si>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>1:01.12</t>
   </si>
   <si>
     <t>54.00</t>
   </si>
   <si>
-    <t>Mikhail Kopylov</t>
-[...11 lines deleted...]
-    <t>1:09.29</t>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>1:05.43</t>
   </si>
   <si>
     <t>59.43</t>
   </si>
   <si>
-    <t>Dmitry Matthew Yaquinto</t>
+    <t>Дмитрий Якинто</t>
   </si>
   <si>
     <t>1:14.45</t>
   </si>
   <si>
     <t>1:08.27</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
-[...8 lines deleted...]
-    <t>Dmitriy Klasen</t>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>1:16.84</t>
+  </si>
+  <si>
+    <t>1:06.32</t>
+  </si>
+  <si>
+    <t>Дмитрий Мучкаев</t>
+  </si>
+  <si>
+    <t>1:17.42</t>
+  </si>
+  <si>
+    <t>1:09.13</t>
+  </si>
+  <si>
+    <t>Дмитрий Класен</t>
   </si>
   <si>
     <t>1:19.01</t>
   </si>
   <si>
     <t>1:15.66</t>
   </si>
   <si>
-    <t>Dorzho Tsybenov</t>
+    <t>Доржо Цыбенов</t>
   </si>
   <si>
     <t>1:19.91</t>
   </si>
   <si>
     <t>1:11.59</t>
   </si>
   <si>
-    <t>Nikita Pak</t>
-[...17 lines deleted...]
-    <t>Andrey Zhukov</t>
+    <t>Никита Пак</t>
+  </si>
+  <si>
+    <t>1:20.57</t>
+  </si>
+  <si>
+    <t>1:11.94</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
-    <t>Ilya Sokolov</t>
-[...2 lines deleted...]
-    <t>1:31.26</t>
+    <t>Андрей Кошелев</t>
+  </si>
+  <si>
+    <t>1:28.86</t>
+  </si>
+  <si>
+    <t>1:20.53</t>
+  </si>
+  <si>
+    <t>Дмитрий Шевченко</t>
+  </si>
+  <si>
+    <t>1:35.84</t>
+  </si>
+  <si>
+    <t>1:21.24</t>
+  </si>
+  <si>
+    <t>Алексей Плешков</t>
+  </si>
+  <si>
+    <t>1:36.91</t>
+  </si>
+  <si>
+    <t>1:32.85</t>
+  </si>
+  <si>
+    <t>Артур Хамзин</t>
+  </si>
+  <si>
+    <t>1:37.56</t>
+  </si>
+  <si>
+    <t>1:30.49</t>
+  </si>
+  <si>
+    <t>Алексей Корицкий</t>
+  </si>
+  <si>
+    <t>1:37.71</t>
+  </si>
+  <si>
+    <t>1:29.79</t>
+  </si>
+  <si>
+    <t>Анастасия Тихенко</t>
+  </si>
+  <si>
+    <t>1:37.81</t>
+  </si>
+  <si>
+    <t>1:28.93</t>
+  </si>
+  <si>
+    <t>Цыден Хармакшанов</t>
+  </si>
+  <si>
+    <t>1:38.32</t>
+  </si>
+  <si>
+    <t>1:33.84</t>
+  </si>
+  <si>
+    <t>Илья Соколов</t>
+  </si>
+  <si>
+    <t>1:39.69</t>
   </si>
   <si>
     <t>1:25.40</t>
   </si>
   <si>
-    <t>Dmitrii Muchkaev</t>
-[...53 lines deleted...]
-    <t>Roman Yarushevskiy</t>
+    <t>Роман Ярушевский</t>
   </si>
   <si>
     <t>1:41.60</t>
   </si>
   <si>
     <t>1:32.14</t>
   </si>
   <si>
-    <t>Artur Khamzin</t>
-[...8 lines deleted...]
-    <t>Ilia Maltsev</t>
+    <t>Илья Мальцев</t>
   </si>
   <si>
     <t>1:44.07</t>
   </si>
   <si>
     <t>1:35.69</t>
   </si>
   <si>
-    <t>Arina Zubova</t>
-[...11 lines deleted...]
-    <t>1:56.50</t>
+    <t>Арина Зубова</t>
+  </si>
+  <si>
+    <t>1:44.68</t>
+  </si>
+  <si>
+    <t>1:40.31</t>
+  </si>
+  <si>
+    <t>Владислав Березниченко</t>
+  </si>
+  <si>
+    <t>1:52.38</t>
+  </si>
+  <si>
+    <t>1:45.44</t>
+  </si>
+  <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>1:53.03</t>
   </si>
   <si>
     <t>1:41.64</t>
   </si>
   <si>
-    <t>Maksim Miloserdov</t>
-[...11 lines deleted...]
-    <t>2:00.33</t>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>1:55.09</t>
   </si>
   <si>
-    <t>Milana Longinova</t>
-[...2 lines deleted...]
-    <t>2:20.68</t>
+    <t>1:41.92</t>
+  </si>
+  <si>
+    <t>Денис Воробьев</t>
+  </si>
+  <si>
+    <t>2:03.06</t>
+  </si>
+  <si>
+    <t>1:53.29</t>
+  </si>
+  <si>
+    <t>Милана Лонгинова</t>
+  </si>
+  <si>
+    <t>2:06.90</t>
   </si>
   <si>
     <t>1:47.48</t>
   </si>
   <si>
-    <t>Bair Pavlov</t>
+    <t>Ян Хардиков</t>
+  </si>
+  <si>
+    <t>2:08.39</t>
+  </si>
+  <si>
+    <t>1:57.20</t>
+  </si>
+  <si>
+    <t>Артур Друженя</t>
+  </si>
+  <si>
+    <t>2:15.03</t>
+  </si>
+  <si>
+    <t>2:06.17</t>
+  </si>
+  <si>
+    <t>Баир Павлов</t>
   </si>
   <si>
     <t>2:27.20</t>
   </si>
   <si>
     <t>2:13.49</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Владимир Березниченко</t>
+  </si>
+  <si>
+    <t>2:29.40</t>
+  </si>
+  <si>
+    <t>2:13.35</t>
+  </si>
+  <si>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>2:33.39</t>
   </si>
   <si>
     <t>2:02.92</t>
   </si>
   <si>
-    <t>Artur Druzhenya</t>
-[...17 lines deleted...]
-    <t>Bair Yeshiyev</t>
+    <t>Баир Ешиев</t>
   </si>
   <si>
     <t>2:41.11</t>
   </si>
   <si>
-    <t>Miron Golovatyi</t>
+    <t>Мирон Головатый</t>
   </si>
   <si>
     <t>2:42.49</t>
   </si>
   <si>
-    <t>Artem Chernyaev</t>
-[...2 lines deleted...]
-    <t>Yan Hardikov</t>
+    <t>Артём Черняев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1188,112 +1203,126 @@
       <c r="D32" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>97</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D33" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>100</v>
       </c>
-      <c r="C34" s="1"/>
+      <c r="C34" s="1" t="s">
+        <v>101</v>
+      </c>
       <c r="D34" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="C35" s="1"/>
+        <v>103</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>104</v>
+      </c>
       <c r="D35" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="C36" s="1"/>
+        <v>106</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>107</v>
+      </c>
       <c r="D36" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="C37" s="1"/>
+        <v>109</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>110</v>
+      </c>
       <c r="D37" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
     </row>
     <row r="39" spans="1:4">
+      <c r="A39">
+        <v>38</v>
+      </c>
       <c r="B39" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C39" s="1"/>
+      <c r="D39" t="s">
+        <v>115</v>
+      </c>
     </row>
     <row r="40" spans="1:4">
       <c r="B40" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="C40" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>