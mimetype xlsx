--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Anatolii Turenko</t>
   </si>
   <si>
     <t>3.10</t>
   </si>
   <si>
     <t>1.87</t>
   </si>
   <si>
     <t>Timofei Tarasenko</t>
   </si>
   <si>
@@ -71,92 +71,92 @@
   <si>
     <t>5.41</t>
   </si>
   <si>
     <t>4.62</t>
   </si>
   <si>
     <t>Maksim Miloserdov</t>
   </si>
   <si>
     <t>5.87</t>
   </si>
   <si>
     <t>4.26</t>
   </si>
   <si>
     <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>5.96</t>
   </si>
   <si>
     <t>5.12</t>
   </si>
   <si>
+    <t>Dmitry Matthew Yaquinto</t>
+  </si>
+  <si>
+    <t>6.38</t>
+  </si>
+  <si>
+    <t>5.21</t>
+  </si>
+  <si>
     <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>6.40</t>
   </si>
   <si>
     <t>Vadim Sukharev</t>
   </si>
   <si>
     <t>7.06</t>
   </si>
   <si>
     <t>6.45</t>
   </si>
   <si>
     <t>Alexander Katyukov</t>
   </si>
   <si>
     <t>7.41</t>
   </si>
   <si>
     <t>6.16</t>
   </si>
   <si>
     <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>7.66</t>
   </si>
   <si>
     <t>5.69</t>
   </si>
   <si>
-    <t>Dmitry Matthew Yaquinto</t>
-[...7 lines deleted...]
-  <si>
     <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
     <t>6.73</t>
   </si>
   <si>
     <t>Alexey Koritskiy</t>
   </si>
   <si>
     <t>8.51</t>
   </si>
   <si>
     <t>7.23</t>
   </si>
   <si>
     <t>Nikita Pak</t>
   </si>
   <si>
     <t>8.53</t>
   </si>
   <si>
     <t>7.88</t>
@@ -176,50 +176,59 @@
   <si>
     <t>9.52</t>
   </si>
   <si>
     <t>8.16</t>
   </si>
   <si>
     <t>Anastasia Tikhenko</t>
   </si>
   <si>
     <t>10.75</t>
   </si>
   <si>
     <t>8.63</t>
   </si>
   <si>
     <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>10.89</t>
   </si>
   <si>
     <t>9.12</t>
   </si>
   <si>
+    <t>Rodion Pipko</t>
+  </si>
+  <si>
+    <t>11.01</t>
+  </si>
+  <si>
+    <t>9.50</t>
+  </si>
+  <si>
     <t>Afanasy Ivanov</t>
   </si>
   <si>
     <t>11.34</t>
   </si>
   <si>
     <t>9.15</t>
   </si>
   <si>
     <t>Aleksey Pleshkov</t>
   </si>
   <si>
     <t>11.59</t>
   </si>
   <si>
     <t>9.86</t>
   </si>
   <si>
     <t>Roman Fotiev</t>
   </si>
   <si>
     <t>11.88</t>
   </si>
   <si>
     <t>9.40</t>
@@ -281,186 +290,180 @@
   <si>
     <t>Ekaterina Kusacheva</t>
   </si>
   <si>
     <t>15.96</t>
   </si>
   <si>
     <t>14.25</t>
   </si>
   <si>
     <t>Miron Golovatyi</t>
   </si>
   <si>
     <t>16.10</t>
   </si>
   <si>
     <t>12.96</t>
   </si>
   <si>
     <t>Veronica Maximova</t>
   </si>
   <si>
     <t>16.20</t>
   </si>
   <si>
-    <t>13.82</t>
+    <t>11.89</t>
   </si>
   <si>
     <t>Timofey Tereshchenko</t>
   </si>
   <si>
     <t>16.24</t>
   </si>
   <si>
-    <t>11.89</t>
-[...1 lines deleted...]
-  <si>
     <t>Bair Yeshiyev</t>
   </si>
   <si>
     <t>16.45</t>
   </si>
   <si>
     <t>12.66</t>
   </si>
   <si>
-    <t>Rodion Pipko</t>
-[...7 lines deleted...]
-  <si>
     <t>Daniil Pridvorev</t>
   </si>
   <si>
     <t>16.83</t>
   </si>
   <si>
     <t>13.93</t>
   </si>
   <si>
     <t>Anastasiya Kvitchenko</t>
   </si>
   <si>
     <t>18.01</t>
   </si>
   <si>
     <t>16.50</t>
   </si>
   <si>
     <t>David Chebotkevich</t>
   </si>
   <si>
     <t>18.63</t>
   </si>
   <si>
     <t>16.37</t>
   </si>
   <si>
     <t>Roman Yarushevskiy</t>
   </si>
   <si>
     <t>19.52</t>
   </si>
   <si>
     <t>15.70</t>
   </si>
   <si>
+    <t>Denis Vorobyev</t>
+  </si>
+  <si>
+    <t>20.05</t>
+  </si>
+  <si>
+    <t>17.90</t>
+  </si>
+  <si>
     <t>Ilya Sokolov</t>
   </si>
   <si>
     <t>21.71</t>
   </si>
   <si>
     <t>12.07</t>
   </si>
   <si>
     <t>Aleksandra Voroshilova</t>
   </si>
   <si>
     <t>22.86</t>
   </si>
   <si>
     <t>17.89</t>
   </si>
   <si>
+    <t>Artem Chernyaev</t>
+  </si>
+  <si>
+    <t>27.91</t>
+  </si>
+  <si>
+    <t>25.21</t>
+  </si>
+  <si>
+    <t>Vitalina Kalistratova</t>
+  </si>
+  <si>
+    <t>35.65</t>
+  </si>
+  <si>
+    <t>31.30</t>
+  </si>
+  <si>
     <t>Bair Pavlov</t>
   </si>
   <si>
     <t>40.79</t>
   </si>
   <si>
     <t>36.64</t>
   </si>
   <si>
-    <t>Artem Chernyaev</t>
-[...7 lines deleted...]
-  <si>
     <t>De Dyun Pek</t>
   </si>
   <si>
     <t>50.89</t>
   </si>
   <si>
     <t>34.75</t>
   </si>
   <si>
     <t>Elisei Yaquinto</t>
   </si>
   <si>
     <t>52.78</t>
   </si>
   <si>
     <t>32.81</t>
   </si>
   <si>
-    <t>Denis vorobyev</t>
-[...4 lines deleted...]
-  <si>
     <t>Ilia Maltsev</t>
   </si>
   <si>
     <t>27.26</t>
-  </si>
-[...4 lines deleted...]
-    <t>34.62</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -883,65 +886,65 @@
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>28</v>
@@ -1233,241 +1236,245 @@
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>90</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>91</v>
       </c>
       <c r="D31" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>93</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>95</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>98</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>101</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>104</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>107</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>110</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>113</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>116</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>119</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>122</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>125</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>128</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C44" s="1"/>
       <c r="D44" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>131</v>
       </c>
-      <c r="C45" s="1"/>
+      <c r="C45" s="1" t="s">
+        <v>132</v>
+      </c>
       <c r="D45" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>