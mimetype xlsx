--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,458 +12,455 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...17 lines deleted...]
-    <t>Timofei Tarasenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>3.38</t>
+  </si>
+  <si>
+    <t>2.27</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>4.77</t>
   </si>
   <si>
-    <t>3.91</t>
-[...2 lines deleted...]
-    <t>Ekaterina Kaneva</t>
+    <t>4.32</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>5.41</t>
   </si>
   <si>
     <t>4.62</t>
   </si>
   <si>
-    <t>Maksim Miloserdov</t>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>5.87</t>
   </si>
   <si>
     <t>4.26</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>5.96</t>
   </si>
   <si>
     <t>5.12</t>
   </si>
   <si>
-    <t>Dmitry Matthew Yaquinto</t>
+    <t>Никита Пак</t>
+  </si>
+  <si>
+    <t>6.28</t>
+  </si>
+  <si>
+    <t>5.11</t>
+  </si>
+  <si>
+    <t>Дмитрий Якинто</t>
   </si>
   <si>
     <t>6.38</t>
   </si>
   <si>
-    <t>5.21</t>
-[...2 lines deleted...]
-    <t>Andrey Zhukov</t>
+    <t>4.44</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>6.40</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
-[...8 lines deleted...]
-    <t>Alexander Katyukov</t>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>6.67</t>
+  </si>
+  <si>
+    <t>5.71</t>
+  </si>
+  <si>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>7.41</t>
   </si>
   <si>
     <t>6.16</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>7.66</t>
   </si>
   <si>
-    <t>5.69</t>
-[...2 lines deleted...]
-    <t>Ekaterina Soboleva</t>
+    <t>5.32</t>
+  </si>
+  <si>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
     <t>6.73</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
-[...17 lines deleted...]
-    <t>Andrey Kohhelev</t>
+    <t>Родион Пипко</t>
+  </si>
+  <si>
+    <t>9.04</t>
+  </si>
+  <si>
+    <t>7.69</t>
+  </si>
+  <si>
+    <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>9.14</t>
   </si>
   <si>
     <t>7.36</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>9.52</t>
   </si>
   <si>
     <t>8.16</t>
   </si>
   <si>
-    <t>Anastasia Tikhenko</t>
+    <t>Алексей Корицкий</t>
+  </si>
+  <si>
+    <t>10.04</t>
+  </si>
+  <si>
+    <t>7.52</t>
+  </si>
+  <si>
+    <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>10.75</t>
   </si>
   <si>
     <t>8.63</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>10.89</t>
   </si>
   <si>
     <t>9.12</t>
   </si>
   <si>
-    <t>Rodion Pipko</t>
-[...8 lines deleted...]
-    <t>Afanasy Ivanov</t>
+    <t>Вероника Максимова</t>
+  </si>
+  <si>
+    <t>10.96</t>
+  </si>
+  <si>
+    <t>9.23</t>
+  </si>
+  <si>
+    <t>Афанасий Иванов</t>
   </si>
   <si>
     <t>11.34</t>
   </si>
   <si>
-    <t>9.15</t>
-[...2 lines deleted...]
-    <t>Aleksey Pleshkov</t>
+    <t>8.76</t>
+  </si>
+  <si>
+    <t>Алексей Плешков</t>
   </si>
   <si>
     <t>11.59</t>
   </si>
   <si>
     <t>9.86</t>
   </si>
   <si>
-    <t>Roman Fotiev</t>
-[...2 lines deleted...]
-    <t>11.88</t>
+    <t>Роман Фотиев</t>
+  </si>
+  <si>
+    <t>11.66</t>
   </si>
   <si>
     <t>9.40</t>
   </si>
   <si>
-    <t>Dorzho Tsybenov</t>
+    <t>Доржо Цыбенов</t>
   </si>
   <si>
     <t>11.98</t>
   </si>
   <si>
     <t>8.44</t>
   </si>
   <si>
-    <t>Artur Khamzin</t>
+    <t>Артур Хамзин</t>
   </si>
   <si>
     <t>12.86</t>
   </si>
   <si>
     <t>11.48</t>
   </si>
   <si>
-    <t>Nikita Yanucovich</t>
+    <t>Артемий Стукарчук</t>
+  </si>
+  <si>
+    <t>12.96</t>
+  </si>
+  <si>
+    <t>10.29</t>
+  </si>
+  <si>
+    <t>Никита Янукович</t>
   </si>
   <si>
     <t>13.87</t>
   </si>
   <si>
     <t>11.69</t>
   </si>
   <si>
-    <t>Tsyden Kharmakshanov</t>
+    <t>Цыден Хармакшанов</t>
   </si>
   <si>
     <t>13.90</t>
   </si>
   <si>
     <t>10.38</t>
   </si>
   <si>
-    <t>Artemiy Stukarchuk</t>
-[...8 lines deleted...]
-    <t>Dmitriy Klasen</t>
+    <t>Анастасия Квитченко</t>
+  </si>
+  <si>
+    <t>15.58</t>
+  </si>
+  <si>
+    <t>11.80</t>
+  </si>
+  <si>
+    <t>Дмитрий Класен</t>
   </si>
   <si>
     <t>15.60</t>
   </si>
   <si>
     <t>13.00</t>
   </si>
   <si>
-    <t>Ekaterina Kusacheva</t>
+    <t>Екатерина Кусачева</t>
   </si>
   <si>
     <t>15.96</t>
   </si>
   <si>
     <t>14.25</t>
   </si>
   <si>
-    <t>Miron Golovatyi</t>
+    <t>Мирон Головатый</t>
   </si>
   <si>
     <t>16.10</t>
   </si>
   <si>
-    <t>12.96</t>
-[...11 lines deleted...]
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>16.24</t>
   </si>
   <si>
-    <t>Bair Yeshiyev</t>
+    <t>14.85</t>
+  </si>
+  <si>
+    <t>Баир Ешиев</t>
   </si>
   <si>
     <t>16.45</t>
   </si>
   <si>
     <t>12.66</t>
   </si>
   <si>
-    <t>Daniil Pridvorev</t>
+    <t>Денис Воробьев</t>
+  </si>
+  <si>
+    <t>16.66</t>
+  </si>
+  <si>
+    <t>15.02</t>
+  </si>
+  <si>
+    <t>Даниил Придворев</t>
   </si>
   <si>
     <t>16.83</t>
   </si>
   <si>
     <t>13.93</t>
   </si>
   <si>
-    <t>Anastasiya Kvitchenko</t>
-[...8 lines deleted...]
-    <t>David Chebotkevich</t>
+    <t>Давид Чеботкевич</t>
   </si>
   <si>
     <t>18.63</t>
   </si>
   <si>
     <t>16.37</t>
   </si>
   <si>
-    <t>Roman Yarushevskiy</t>
+    <t>Роман Ярушевский</t>
   </si>
   <si>
     <t>19.52</t>
   </si>
   <si>
     <t>15.70</t>
   </si>
   <si>
-    <t>Denis Vorobyev</t>
-[...26 lines deleted...]
-    <t>Artem Chernyaev</t>
+    <t>Александра Ворошилова</t>
+  </si>
+  <si>
+    <t>21.26</t>
+  </si>
+  <si>
+    <t>16.40</t>
+  </si>
+  <si>
+    <t>Илья Соколов</t>
+  </si>
+  <si>
+    <t>24.11</t>
+  </si>
+  <si>
+    <t>17.52</t>
+  </si>
+  <si>
+    <t>Артём Черняев</t>
   </si>
   <si>
     <t>27.91</t>
   </si>
   <si>
     <t>25.21</t>
   </si>
   <si>
-    <t>Vitalina Kalistratova</t>
+    <t>Виталина Калистратова</t>
   </si>
   <si>
     <t>35.65</t>
   </si>
   <si>
     <t>31.30</t>
   </si>
   <si>
-    <t>Bair Pavlov</t>
+    <t>Баир Павлов</t>
   </si>
   <si>
     <t>40.79</t>
   </si>
   <si>
     <t>36.64</t>
   </si>
   <si>
-    <t>De Dyun Pek</t>
+    <t>Де Дюн Пек</t>
   </si>
   <si>
     <t>50.89</t>
   </si>
   <si>
     <t>34.75</t>
   </si>
   <si>
-    <t>Elisei Yaquinto</t>
-[...2 lines deleted...]
-    <t>52.78</t>
+    <t>Илья Мальцев</t>
+  </si>
+  <si>
+    <t>27.26</t>
+  </si>
+  <si>
+    <t>Елисей Якинто</t>
   </si>
   <si>
     <t>32.81</t>
-  </si>
-[...4 lines deleted...]
-    <t>27.26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -788,51 +785,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C46" sqref="C46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -900,65 +897,65 @@
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>31</v>
@@ -1236,51 +1233,51 @@
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>90</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>91</v>
       </c>
       <c r="D31" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>93</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>95</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>96</v>
       </c>
       <c r="D33" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>98</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>99</v>
@@ -1414,67 +1411,65 @@
       <c r="D43" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>128</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>129</v>
       </c>
       <c r="D44" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>131</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="C45" s="1"/>
+      <c r="D45" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>