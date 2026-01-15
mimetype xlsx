--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,324 +17,324 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>25.33</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
+  </si>
+  <si>
+    <t>24.38</t>
   </si>
   <si>
     <t>21.79</t>
   </si>
   <si>
-    <t>Mikhail Kopylov</t>
+    <t>Михаил Копылов</t>
   </si>
   <si>
     <t>37.98</t>
   </si>
   <si>
     <t>33.28</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>35.28</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>42.37</t>
   </si>
   <si>
     <t>34.47</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>43.82</t>
   </si>
   <si>
     <t>38.67</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>46.18</t>
   </si>
   <si>
     <t>38.90</t>
   </si>
   <si>
-    <t>Dmitrii Muchkaev</t>
+    <t>Дмитрий Мучкаев</t>
   </si>
   <si>
     <t>46.90</t>
   </si>
   <si>
     <t>41.63</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>59.53</t>
   </si>
   <si>
     <t>54.15</t>
   </si>
   <si>
-    <t>Dorzho Tsybenov</t>
+    <t>Доржо Цыбенов</t>
   </si>
   <si>
     <t>1:01.82</t>
   </si>
   <si>
     <t>52.90</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>1:02.03</t>
   </si>
   <si>
     <t>54.26</t>
   </si>
   <si>
-    <t>Ilya Sokolov</t>
+    <t>Илья Соколов</t>
   </si>
   <si>
     <t>1:08.12</t>
   </si>
   <si>
     <t>57.23</t>
   </si>
   <si>
-    <t>Dmitry Matthew Yaquinto</t>
+    <t>Дмитрий Якинто</t>
   </si>
   <si>
     <t>1:11.74</t>
   </si>
   <si>
     <t>57.98</t>
   </si>
   <si>
-    <t>Tsyden Kharmakshanov</t>
+    <t>Цыден Хармакшанов</t>
   </si>
   <si>
     <t>1:13.32</t>
   </si>
   <si>
     <t>1:01.14</t>
   </si>
   <si>
-    <t>Anastasia Tikhenko</t>
+    <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>1:17.24</t>
   </si>
   <si>
     <t>1:07.89</t>
   </si>
   <si>
-    <t>Nikita Pak</t>
+    <t>Никита Пак</t>
   </si>
   <si>
     <t>1:17.29</t>
   </si>
   <si>
     <t>1:11.68</t>
   </si>
   <si>
-    <t>Arina Zubova</t>
+    <t>Арина Зубова</t>
   </si>
   <si>
     <t>1:18.00</t>
   </si>
   <si>
     <t>1:05.64</t>
   </si>
   <si>
-    <t>Roman Yarushevskiy</t>
+    <t>Роман Ярушевский</t>
   </si>
   <si>
     <t>1:25.66</t>
   </si>
   <si>
     <t>1:21.07</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
+    <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>1:27.07</t>
   </si>
   <si>
     <t>1:21.19</t>
   </si>
   <si>
-    <t>Aleksey Pleshkov</t>
+    <t>Алексей Плешков</t>
   </si>
   <si>
     <t>1:29.20</t>
   </si>
   <si>
     <t>1:09.50</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:30.09</t>
   </si>
   <si>
     <t>1:10.33</t>
   </si>
   <si>
-    <t>Andrey Kohhelev</t>
+    <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>1:32.61</t>
   </si>
   <si>
     <t>1:07.03</t>
   </si>
   <si>
-    <t>Dmitriy Klasen</t>
+    <t>Дмитрий Класен</t>
   </si>
   <si>
     <t>1:38.02</t>
   </si>
   <si>
     <t>1:29.59</t>
   </si>
   <si>
-    <t>Ilia Maltsev</t>
+    <t>Илья Мальцев</t>
   </si>
   <si>
     <t>1:38.69</t>
   </si>
   <si>
     <t>1:29.14</t>
   </si>
   <si>
-    <t>Maksim Miloserdov</t>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>1:40.82</t>
   </si>
   <si>
     <t>1:24.06</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:43.39</t>
   </si>
   <si>
     <t>1:40.74</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>1:53.40</t>
   </si>
   <si>
     <t>1:40.28</t>
   </si>
   <si>
-    <t>Artur Khamzin</t>
+    <t>Артур Хамзин</t>
   </si>
   <si>
     <t>2:05.84</t>
   </si>
   <si>
     <t>1:39.21</t>
   </si>
   <si>
-    <t>Bair Pavlov</t>
+    <t>Баир Павлов</t>
   </si>
   <si>
     <t>3:00.02</t>
   </si>
   <si>
     <t>2:41.86</t>
   </si>
   <si>
-    <t>Miron Golovatyi</t>
+    <t>Мирон Головатый</t>
   </si>
   <si>
     <t>2:33.08</t>
   </si>
   <si>
-    <t>Ekaterina Kusacheva</t>
+    <t>Екатерина Кусачева</t>
   </si>
   <si>
     <t>2:34.69</t>
   </si>
   <si>
-    <t>David Chebotkevich</t>
+    <t>Давид Чеботкевич</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>