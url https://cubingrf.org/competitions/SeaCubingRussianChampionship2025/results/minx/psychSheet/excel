--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,51 +29,51 @@
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>24.38</t>
+    <t>25.33</t>
   </si>
   <si>
     <t>21.79</t>
   </si>
   <si>
     <t>Михаил Копылов</t>
   </si>
   <si>
     <t>37.98</t>
   </si>
   <si>
     <t>33.28</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>35.28</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
@@ -116,201 +116,201 @@
   <si>
     <t>59.53</t>
   </si>
   <si>
     <t>54.15</t>
   </si>
   <si>
     <t>Доржо Цыбенов</t>
   </si>
   <si>
     <t>1:01.82</t>
   </si>
   <si>
     <t>52.90</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>1:02.03</t>
   </si>
   <si>
     <t>54.26</t>
   </si>
   <si>
+    <t>Артур Хамзин</t>
+  </si>
+  <si>
+    <t>1:03.15</t>
+  </si>
+  <si>
+    <t>54.11</t>
+  </si>
+  <si>
     <t>Илья Соколов</t>
   </si>
   <si>
-    <t>1:08.12</t>
+    <t>1:05.41</t>
   </si>
   <si>
     <t>57.23</t>
   </si>
   <si>
+    <t>Арина Зубова</t>
+  </si>
+  <si>
+    <t>1:11.15</t>
+  </si>
+  <si>
+    <t>1:01.44</t>
+  </si>
+  <si>
     <t>Дмитрий Якинто</t>
   </si>
   <si>
     <t>1:11.74</t>
   </si>
   <si>
     <t>57.98</t>
   </si>
   <si>
     <t>Цыден Хармакшанов</t>
   </si>
   <si>
     <t>1:13.32</t>
   </si>
   <si>
     <t>1:01.14</t>
   </si>
   <si>
     <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>1:17.24</t>
   </si>
   <si>
     <t>1:07.89</t>
   </si>
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
     <t>1:17.29</t>
   </si>
   <si>
-    <t>1:11.68</t>
-[...8 lines deleted...]
-    <t>1:05.64</t>
+    <t>1:05.32</t>
   </si>
   <si>
     <t>Роман Ярушевский</t>
   </si>
   <si>
     <t>1:25.66</t>
   </si>
   <si>
     <t>1:21.07</t>
   </si>
   <si>
+    <t>Андрей Кошелев</t>
+  </si>
+  <si>
+    <t>1:26.94</t>
+  </si>
+  <si>
+    <t>1:07.03</t>
+  </si>
+  <si>
+    <t>Алексей Плешков</t>
+  </si>
+  <si>
+    <t>1:28.95</t>
+  </si>
+  <si>
+    <t>1:09.50</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
+  </si>
+  <si>
+    <t>1:30.09</t>
+  </si>
+  <si>
+    <t>1:10.33</t>
+  </si>
+  <si>
     <t>Алексей Корицкий</t>
   </si>
   <si>
-    <t>1:27.07</t>
-[...29 lines deleted...]
-    <t>1:07.03</t>
+    <t>1:35.71</t>
+  </si>
+  <si>
+    <t>1:23.07</t>
   </si>
   <si>
     <t>Дмитрий Класен</t>
   </si>
   <si>
     <t>1:38.02</t>
   </si>
   <si>
     <t>1:29.59</t>
   </si>
   <si>
     <t>Илья Мальцев</t>
   </si>
   <si>
     <t>1:38.69</t>
   </si>
   <si>
     <t>1:29.14</t>
   </si>
   <si>
     <t>Максим Милосердов</t>
   </si>
   <si>
     <t>1:40.82</t>
   </si>
   <si>
     <t>1:24.06</t>
   </si>
   <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:43.39</t>
   </si>
   <si>
     <t>1:40.74</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>1:53.40</t>
   </si>
   <si>
     <t>1:40.28</t>
-  </si>
-[...7 lines deleted...]
-    <t>1:39.21</t>
   </si>
   <si>
     <t>Баир Павлов</t>
   </si>
   <si>
     <t>3:00.02</t>
   </si>
   <si>
     <t>2:41.86</t>
   </si>
   <si>
     <t>Мирон Головатый</t>
   </si>
   <si>
     <t>2:33.08</t>
   </si>
   <si>
     <t>Екатерина Кусачева</t>
   </si>
   <si>
     <t>2:34.69</t>
   </si>
   <si>
     <t>Давид Чеботкевич</t>
   </si>