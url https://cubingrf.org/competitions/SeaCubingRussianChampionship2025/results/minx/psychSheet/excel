--- v2 (2026-03-03)
+++ v3 (2026-03-03)
@@ -17,324 +17,324 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Тимофей Тарасенко</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Timofei Tarasenko</t>
   </si>
   <si>
     <t>25.33</t>
   </si>
   <si>
     <t>21.79</t>
   </si>
   <si>
-    <t>Михаил Копылов</t>
+    <t>Mikhail Kopylov</t>
   </si>
   <si>
     <t>37.98</t>
   </si>
   <si>
     <t>33.28</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
+    <t>Anatolii Turenko</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>35.28</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
+    <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>42.37</t>
   </si>
   <si>
     <t>34.47</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
+    <t>Daria Eliseeva</t>
   </si>
   <si>
     <t>43.82</t>
   </si>
   <si>
     <t>38.67</t>
   </si>
   <si>
-    <t>Вадим Сухарев</t>
+    <t>Vadim Sukharev</t>
   </si>
   <si>
     <t>46.18</t>
   </si>
   <si>
     <t>38.90</t>
   </si>
   <si>
-    <t>Дмитрий Мучкаев</t>
+    <t>Dmitrii Muchkaev</t>
   </si>
   <si>
     <t>46.90</t>
   </si>
   <si>
     <t>41.63</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
+    <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>59.53</t>
   </si>
   <si>
     <t>54.15</t>
   </si>
   <si>
-    <t>Доржо Цыбенов</t>
+    <t>Dorzho Tsybenov</t>
   </si>
   <si>
     <t>1:01.82</t>
   </si>
   <si>
     <t>52.90</t>
   </si>
   <si>
-    <t>Тимофей Терещенко</t>
+    <t>Timofey Tereshchenko</t>
   </si>
   <si>
     <t>1:02.03</t>
   </si>
   <si>
     <t>54.26</t>
   </si>
   <si>
-    <t>Артур Хамзин</t>
+    <t>Artur Khamzin</t>
   </si>
   <si>
     <t>1:03.15</t>
   </si>
   <si>
     <t>54.11</t>
   </si>
   <si>
-    <t>Илья Соколов</t>
+    <t>Ilya Sokolov</t>
   </si>
   <si>
     <t>1:05.41</t>
   </si>
   <si>
     <t>57.23</t>
   </si>
   <si>
-    <t>Арина Зубова</t>
+    <t>Arina Zubova</t>
   </si>
   <si>
     <t>1:11.15</t>
   </si>
   <si>
     <t>1:01.44</t>
   </si>
   <si>
-    <t>Дмитрий Якинто</t>
+    <t>Dmitry Matthew Yaquinto</t>
   </si>
   <si>
     <t>1:11.74</t>
   </si>
   <si>
     <t>57.98</t>
   </si>
   <si>
-    <t>Цыден Хармакшанов</t>
+    <t>Tsyden Kharmakshanov</t>
   </si>
   <si>
     <t>1:13.32</t>
   </si>
   <si>
     <t>1:01.14</t>
   </si>
   <si>
-    <t>Анастасия Тихенко</t>
+    <t>Anastasia Tikhenko</t>
   </si>
   <si>
     <t>1:17.24</t>
   </si>
   <si>
     <t>1:07.89</t>
   </si>
   <si>
-    <t>Никита Пак</t>
+    <t>Nikita Pak</t>
   </si>
   <si>
     <t>1:17.29</t>
   </si>
   <si>
     <t>1:05.32</t>
   </si>
   <si>
-    <t>Роман Ярушевский</t>
+    <t>Roman Yarushevskiy</t>
   </si>
   <si>
     <t>1:25.66</t>
   </si>
   <si>
     <t>1:21.07</t>
   </si>
   <si>
-    <t>Андрей Кошелев</t>
+    <t>Andrey Kohhelev</t>
   </si>
   <si>
     <t>1:26.94</t>
   </si>
   <si>
     <t>1:07.03</t>
   </si>
   <si>
-    <t>Алексей Плешков</t>
+    <t>Aleksey Pleshkov</t>
   </si>
   <si>
     <t>1:28.95</t>
   </si>
   <si>
     <t>1:09.50</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>1:30.09</t>
   </si>
   <si>
     <t>1:10.33</t>
   </si>
   <si>
-    <t>Алексей Корицкий</t>
+    <t>Alexey Koritskiy</t>
   </si>
   <si>
     <t>1:35.71</t>
   </si>
   <si>
     <t>1:23.07</t>
   </si>
   <si>
-    <t>Дмитрий Класен</t>
+    <t>Dmitriy Klasen</t>
   </si>
   <si>
     <t>1:38.02</t>
   </si>
   <si>
     <t>1:29.59</t>
   </si>
   <si>
-    <t>Илья Мальцев</t>
+    <t>Ilia Maltsev</t>
   </si>
   <si>
     <t>1:38.69</t>
   </si>
   <si>
     <t>1:29.14</t>
   </si>
   <si>
-    <t>Максим Милосердов</t>
+    <t>Maksim Miloserdov</t>
   </si>
   <si>
     <t>1:40.82</t>
   </si>
   <si>
     <t>1:24.06</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
+    <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>1:43.39</t>
   </si>
   <si>
     <t>1:40.74</t>
   </si>
   <si>
-    <t>Александр Докин</t>
+    <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>1:53.40</t>
   </si>
   <si>
     <t>1:40.28</t>
   </si>
   <si>
-    <t>Баир Павлов</t>
+    <t>Bair Pavlov</t>
   </si>
   <si>
     <t>3:00.02</t>
   </si>
   <si>
     <t>2:41.86</t>
   </si>
   <si>
-    <t>Мирон Головатый</t>
+    <t>Miron Golovatyi</t>
   </si>
   <si>
     <t>2:33.08</t>
   </si>
   <si>
-    <t>Екатерина Кусачева</t>
+    <t>Ekaterina Kusacheva</t>
   </si>
   <si>
     <t>2:34.69</t>
   </si>
   <si>
-    <t>Давид Чеботкевич</t>
+    <t>David Chebotkevich</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>