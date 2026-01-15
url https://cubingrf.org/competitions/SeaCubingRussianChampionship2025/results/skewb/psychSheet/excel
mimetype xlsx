--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -12,371 +12,374 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...11 lines deleted...]
-    <t>2.56</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Ekaterina Kaneva</t>
+  </si>
+  <si>
+    <t>2.35</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
-    <t>Никита Пак</t>
+    <t>Nikita Pak</t>
   </si>
   <si>
     <t>3.21</t>
   </si>
   <si>
     <t>1.67</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
+    <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>3.75</t>
   </si>
   <si>
     <t>1.90</t>
   </si>
   <si>
-    <t>Тимофей Тарасенко</t>
+    <t>Timofei Tarasenko</t>
   </si>
   <si>
     <t>3.91</t>
   </si>
   <si>
     <t>1.85</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>3.98</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
-    <t>Тимофей Терещенко</t>
+    <t>Timofey Tereshchenko</t>
   </si>
   <si>
     <t>4.15</t>
   </si>
   <si>
     <t>3.17</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
+    <t>Anatolii Turenko</t>
   </si>
   <si>
     <t>4.17</t>
   </si>
   <si>
     <t>2.64</t>
   </si>
   <si>
-    <t>Илья Соколов</t>
+    <t>Ilya Sokolov</t>
   </si>
   <si>
     <t>4.65</t>
   </si>
   <si>
     <t>2.72</t>
   </si>
   <si>
-    <t>Дмитрий Класен</t>
+    <t>Dmitriy Klasen</t>
   </si>
   <si>
     <t>3.55</t>
   </si>
   <si>
-    <t>Вадим Сухарев</t>
+    <t>Vadim Sukharev</t>
   </si>
   <si>
     <t>4.89</t>
   </si>
   <si>
     <t>3.04</t>
   </si>
   <si>
-    <t>Никита Янукович</t>
+    <t>Nikita Yanucovich</t>
   </si>
   <si>
     <t>5.31</t>
   </si>
   <si>
     <t>4.50</t>
   </si>
   <si>
-    <t>Доржо Цыбенов</t>
+    <t>Dorzho Tsybenov</t>
   </si>
   <si>
     <t>5.32</t>
   </si>
   <si>
     <t>3.99</t>
   </si>
   <si>
-    <t>Александр Катюков</t>
+    <t>Alexander Katyukov</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
     <t>2.15</t>
   </si>
   <si>
-    <t>Андрей Кошелев</t>
+    <t>Andrey Kohhelev</t>
   </si>
   <si>
     <t>5.48</t>
   </si>
   <si>
+    <t>3.83</t>
+  </si>
+  <si>
+    <t>Aleksandr Dokin</t>
+  </si>
+  <si>
+    <t>5.53</t>
+  </si>
+  <si>
+    <t>3.47</t>
+  </si>
+  <si>
+    <t>Afanasy Ivanov</t>
+  </si>
+  <si>
+    <t>5.92</t>
+  </si>
+  <si>
+    <t>Daria Eliseeva</t>
+  </si>
+  <si>
+    <t>6.17</t>
+  </si>
+  <si>
+    <t>3.42</t>
+  </si>
+  <si>
+    <t>Bair Yeshiyev</t>
+  </si>
+  <si>
+    <t>6.23</t>
+  </si>
+  <si>
+    <t>4.44</t>
+  </si>
+  <si>
+    <t>Gabriella Ivakhnitskaya</t>
+  </si>
+  <si>
+    <t>6.35</t>
+  </si>
+  <si>
+    <t>3.45</t>
+  </si>
+  <si>
+    <t>Aleksandr Cherkasov</t>
+  </si>
+  <si>
+    <t>3.61</t>
+  </si>
+  <si>
+    <t>Maksim Miloserdov</t>
+  </si>
+  <si>
+    <t>6.36</t>
+  </si>
+  <si>
+    <t>3.59</t>
+  </si>
+  <si>
+    <t>Ekaterina Soboleva</t>
+  </si>
+  <si>
+    <t>7.13</t>
+  </si>
+  <si>
     <t>4.04</t>
   </si>
   <si>
-    <t>Александр Докин</t>
-[...62 lines deleted...]
-    <t>Цыден Хармакшанов</t>
+    <t>Tsyden Kharmakshanov</t>
   </si>
   <si>
     <t>7.51</t>
   </si>
   <si>
     <t>4.26</t>
   </si>
   <si>
-    <t>Роман Ярушевский</t>
+    <t>Roman Yarushevskiy</t>
   </si>
   <si>
     <t>7.87</t>
   </si>
   <si>
     <t>4.91</t>
   </si>
   <si>
-    <t>Денис Воробьев</t>
+    <t>Denis Vorobyev</t>
   </si>
   <si>
     <t>8.23</t>
   </si>
   <si>
     <t>4.48</t>
   </si>
   <si>
-    <t>Алексей Плешков</t>
+    <t>Aleksey Pleshkov</t>
   </si>
   <si>
     <t>8.70</t>
   </si>
   <si>
     <t>5.80</t>
   </si>
   <si>
-    <t>Алексей Корицкий</t>
+    <t>Alexey Koritskiy</t>
   </si>
   <si>
     <t>8.71</t>
   </si>
   <si>
     <t>5.30</t>
   </si>
   <si>
-    <t>Даниил Придворев</t>
+    <t>Daniil Pridvorev</t>
   </si>
   <si>
     <t>9.88</t>
   </si>
   <si>
     <t>6.93</t>
   </si>
   <si>
-    <t>Илья Мальцев</t>
+    <t>Ilia Maltsev</t>
   </si>
   <si>
     <t>10.67</t>
   </si>
   <si>
     <t>9.07</t>
   </si>
   <si>
-    <t>Анастасия Тихенко</t>
+    <t>Anastasia Tikhenko</t>
   </si>
   <si>
     <t>11.36</t>
   </si>
   <si>
     <t>6.05</t>
   </si>
   <si>
-    <t>Роман Фотиев</t>
+    <t>Roman Fotiev</t>
   </si>
   <si>
     <t>11.81</t>
   </si>
   <si>
     <t>9.18</t>
   </si>
   <si>
-    <t>Мирон Головатый</t>
+    <t>Miron Golovatyi</t>
   </si>
   <si>
     <t>13.74</t>
   </si>
   <si>
     <t>10.32</t>
   </si>
   <si>
-    <t>Баир Павлов</t>
+    <t>Bair Pavlov</t>
   </si>
   <si>
     <t>14.39</t>
   </si>
   <si>
     <t>7.74</t>
   </si>
   <si>
-    <t>Иван Лобачёв</t>
+    <t>Ivan Lobachev</t>
   </si>
   <si>
     <t>15.34</t>
   </si>
   <si>
     <t>7.39</t>
   </si>
   <si>
-    <t>Артём Черняев</t>
-[...11 lines deleted...]
-    <t>Марк Чукмасов</t>
+    <t>Artem Chernyaev</t>
+  </si>
+  <si>
+    <t>19.08</t>
+  </si>
+  <si>
+    <t>12.59</t>
+  </si>
+  <si>
+    <t>Yekaterina Klimenko</t>
+  </si>
+  <si>
+    <t>Mark Chukmasov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -701,51 +704,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C38" sqref="C38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -1023,244 +1026,244 @@
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>61</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D22" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>64</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D23" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D33" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D34" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D35" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D36" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="B37" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C37" s="1"/>
     </row>
     <row r="38" spans="1:4">
       <c r="B38" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C38" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>