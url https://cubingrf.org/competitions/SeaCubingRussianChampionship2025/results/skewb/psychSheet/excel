--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,374 +12,371 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Ekaterina Kaneva</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>2.35</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
-    <t>Nikita Pak</t>
+    <t>Никита Пак</t>
   </si>
   <si>
     <t>3.21</t>
   </si>
   <si>
     <t>1.67</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>3.75</t>
   </si>
   <si>
     <t>1.90</t>
   </si>
   <si>
-    <t>Timofei Tarasenko</t>
+    <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>3.91</t>
   </si>
   <si>
-    <t>1.85</t>
-[...2 lines deleted...]
-    <t>Andrey Zhukov</t>
+    <t>2.51</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>3.98</t>
   </si>
   <si>
-    <t>2.76</t>
-[...2 lines deleted...]
-    <t>Timofey Tereshchenko</t>
+    <t>2.77</t>
+  </si>
+  <si>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>4.15</t>
   </si>
   <si>
     <t>3.17</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
-[...8 lines deleted...]
-    <t>Ilya Sokolov</t>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>4.63</t>
+  </si>
+  <si>
+    <t>2.81</t>
+  </si>
+  <si>
+    <t>Дмитрий Класен</t>
   </si>
   <si>
     <t>4.65</t>
   </si>
   <si>
-    <t>2.72</t>
-[...4 lines deleted...]
-  <si>
     <t>3.55</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Илья Соколов</t>
+  </si>
+  <si>
+    <t>3.87</t>
+  </si>
+  <si>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>4.89</t>
   </si>
   <si>
     <t>3.04</t>
   </si>
   <si>
-    <t>Nikita Yanucovich</t>
+    <t>Никита Янукович</t>
   </si>
   <si>
     <t>5.31</t>
   </si>
   <si>
-    <t>4.50</t>
-[...2 lines deleted...]
-    <t>Dorzho Tsybenov</t>
+    <t>4.33</t>
+  </si>
+  <si>
+    <t>Доржо Цыбенов</t>
   </si>
   <si>
     <t>5.32</t>
   </si>
   <si>
     <t>3.99</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
     <t>2.15</t>
   </si>
   <si>
-    <t>Andrey Kohhelev</t>
+    <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>5.48</t>
   </si>
   <si>
     <t>3.83</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>5.53</t>
   </si>
   <si>
     <t>3.47</t>
   </si>
   <si>
-    <t>Afanasy Ivanov</t>
+    <t>Афанасий Иванов</t>
   </si>
   <si>
     <t>5.92</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Баир Ешиев</t>
+  </si>
+  <si>
+    <t>6.05</t>
+  </si>
+  <si>
+    <t>4.44</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>6.17</t>
   </si>
   <si>
     <t>3.42</t>
   </si>
   <si>
-    <t>Bair Yeshiyev</t>
-[...8 lines deleted...]
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>6.35</t>
   </si>
   <si>
     <t>3.45</t>
   </si>
   <si>
-    <t>Aleksandr Cherkasov</t>
+    <t>Александр Черкасов</t>
   </si>
   <si>
     <t>3.61</t>
   </si>
   <si>
-    <t>Maksim Miloserdov</t>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>6.36</t>
   </si>
   <si>
     <t>3.59</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>7.13</t>
   </si>
   <si>
     <t>4.04</t>
   </si>
   <si>
-    <t>Tsyden Kharmakshanov</t>
-[...2 lines deleted...]
-    <t>7.51</t>
+    <t>Цыден Хармакшанов</t>
+  </si>
+  <si>
+    <t>7.46</t>
   </si>
   <si>
     <t>4.26</t>
   </si>
   <si>
-    <t>Roman Yarushevskiy</t>
+    <t>Роман Ярушевский</t>
   </si>
   <si>
     <t>7.87</t>
   </si>
   <si>
     <t>4.91</t>
   </si>
   <si>
-    <t>Denis Vorobyev</t>
+    <t>Денис Воробьев</t>
   </si>
   <si>
     <t>8.23</t>
   </si>
   <si>
     <t>4.48</t>
   </si>
   <si>
-    <t>Aleksey Pleshkov</t>
+    <t>Алексей Плешков</t>
   </si>
   <si>
     <t>8.70</t>
   </si>
   <si>
     <t>5.80</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
+    <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>8.71</t>
   </si>
   <si>
     <t>5.30</t>
   </si>
   <si>
-    <t>Daniil Pridvorev</t>
+    <t>Даниил Придворев</t>
   </si>
   <si>
     <t>9.88</t>
   </si>
   <si>
     <t>6.93</t>
   </si>
   <si>
-    <t>Ilia Maltsev</t>
+    <t>Илья Мальцев</t>
   </si>
   <si>
     <t>10.67</t>
   </si>
   <si>
     <t>9.07</t>
   </si>
   <si>
-    <t>Anastasia Tikhenko</t>
+    <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>11.36</t>
   </si>
   <si>
-    <t>6.05</t>
-[...2 lines deleted...]
-    <t>Roman Fotiev</t>
+    <t>Роман Фотиев</t>
   </si>
   <si>
     <t>11.81</t>
   </si>
   <si>
     <t>9.18</t>
   </si>
   <si>
-    <t>Miron Golovatyi</t>
+    <t>Иван Лобачёв</t>
+  </si>
+  <si>
+    <t>13.26</t>
+  </si>
+  <si>
+    <t>7.39</t>
+  </si>
+  <si>
+    <t>Мирон Головатый</t>
   </si>
   <si>
     <t>13.74</t>
   </si>
   <si>
     <t>10.32</t>
   </si>
   <si>
-    <t>Bair Pavlov</t>
-[...2 lines deleted...]
-    <t>14.39</t>
+    <t>Баир Павлов</t>
+  </si>
+  <si>
+    <t>14.47</t>
   </si>
   <si>
     <t>7.74</t>
   </si>
   <si>
-    <t>Ivan Lobachev</t>
-[...20 lines deleted...]
-    <t>Mark Chukmasov</t>
+    <t>Артём Черняев</t>
+  </si>
+  <si>
+    <t>18.54</t>
+  </si>
+  <si>
+    <t>12.38</t>
+  </si>
+  <si>
+    <t>Екатерина Клименко</t>
+  </si>
+  <si>
+    <t>Марк Чукмасов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -704,51 +701,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C38" sqref="C38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -1138,132 +1135,132 @@
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>85</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>86</v>
       </c>
       <c r="D30" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>88</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>89</v>
       </c>
       <c r="D31" t="s">
-        <v>90</v>
+        <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>90</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>93</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>96</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>99</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>102</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="B37" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C37" s="1"/>
     </row>
     <row r="38" spans="1:4">
       <c r="B38" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C38" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>