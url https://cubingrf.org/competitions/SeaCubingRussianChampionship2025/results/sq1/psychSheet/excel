--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -194,51 +194,51 @@
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>30.78</t>
   </si>
   <si>
     <t>19.72</t>
   </si>
   <si>
     <t>Баир Ешиев</t>
   </si>
   <si>
     <t>34.01</t>
   </si>
   <si>
     <t>27.94</t>
   </si>
   <si>
     <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>34.90</t>
   </si>
   <si>
-    <t>30.89</t>
+    <t>29.32</t>
   </si>
   <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>41.85</t>
   </si>
   <si>
     <t>27.00</t>
   </si>
   <si>
     <t>Алексей Плешков</t>
   </si>
   <si>
     <t>44.36</t>
   </si>
   <si>
     <t>27.23</t>
   </si>
   <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>46.60</t>
   </si>