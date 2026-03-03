--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,98 +12,98 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="sq1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>9.82</t>
   </si>
   <si>
-    <t>6.16</t>
+    <t>6.81</t>
   </si>
   <si>
     <t>Михаил Копылов</t>
   </si>
   <si>
     <t>11.99</t>
   </si>
   <si>
     <t>10.11</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>12.59</t>
+    <t>12.71</t>
   </si>
   <si>
     <t>9.05</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
-    <t>9.21</t>
+    <t>9.65</t>
   </si>
   <si>
     <t>Артур Хамзин</t>
   </si>
   <si>
     <t>14.61</t>
   </si>
   <si>
     <t>10.92</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>15.18</t>
   </si>
   <si>
     <t>11.68</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>16.02</t>
   </si>
@@ -113,195 +113,204 @@
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
     <t>17.37</t>
   </si>
   <si>
     <t>12.25</t>
   </si>
   <si>
     <t>Доржо Цыбенов</t>
   </si>
   <si>
     <t>17.81</t>
   </si>
   <si>
     <t>11.21</t>
   </si>
   <si>
     <t>Илья Соколов</t>
   </si>
   <si>
     <t>18.82</t>
   </si>
   <si>
-    <t>13.95</t>
+    <t>15.23</t>
+  </si>
+  <si>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>20.57</t>
+  </si>
+  <si>
+    <t>14.47</t>
   </si>
   <si>
     <t>Максим Милосердов</t>
   </si>
   <si>
     <t>21.42</t>
   </si>
   <si>
     <t>17.21</t>
   </si>
   <si>
-    <t>Вадим Сухарев</t>
-[...5 lines deleted...]
-    <t>14.47</t>
+    <t>Артём Островидов</t>
+  </si>
+  <si>
+    <t>22.08</t>
+  </si>
+  <si>
+    <t>17.07</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>24.61</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>25.94</t>
   </si>
   <si>
     <t>19.93</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>26.26</t>
   </si>
   <si>
     <t>16.81</t>
   </si>
   <si>
-    <t>Артём Островидов</t>
-[...7 lines deleted...]
-  <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>30.78</t>
   </si>
   <si>
     <t>19.72</t>
   </si>
   <si>
     <t>Баир Ешиев</t>
   </si>
   <si>
     <t>34.01</t>
   </si>
   <si>
     <t>27.94</t>
   </si>
   <si>
     <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>34.90</t>
   </si>
   <si>
     <t>29.32</t>
   </si>
   <si>
+    <t>Родион Пипко</t>
+  </si>
+  <si>
+    <t>37.20</t>
+  </si>
+  <si>
+    <t>24.22</t>
+  </si>
+  <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>41.85</t>
   </si>
   <si>
     <t>27.00</t>
   </si>
   <si>
+    <t>Артур Друженя</t>
+  </si>
+  <si>
+    <t>42.51</t>
+  </si>
+  <si>
+    <t>29.85</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>44.29</t>
+  </si>
+  <si>
+    <t>23.66</t>
+  </si>
+  <si>
     <t>Алексей Плешков</t>
   </si>
   <si>
     <t>44.36</t>
   </si>
   <si>
     <t>27.23</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
-[...7 lines deleted...]
-  <si>
     <t>Баир Павлов</t>
   </si>
   <si>
     <t>1:42.72</t>
   </si>
   <si>
     <t>1:04.23</t>
   </si>
   <si>
     <t>Цыден Хармакшанов</t>
   </si>
   <si>
     <t>40.25</t>
   </si>
   <si>
     <t>Илья Мальцев</t>
   </si>
   <si>
     <t>46.11</t>
   </si>
   <si>
-    <t>Родион Пипко</t>
-[...4 lines deleted...]
-  <si>
     <t>Артём Черняев</t>
   </si>
   <si>
     <t>1:40.62</t>
-  </si>
-[...1 lines deleted...]
-    <t>Артур Друженя</t>
   </si>
   <si>
     <t>Дмитрий Класен</t>
   </si>
   <si>
     <t>Роман Ярушевский</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -978,106 +987,116 @@
       <c r="D23" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>70</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D24" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>73</v>
       </c>
-      <c r="C25" s="1"/>
+      <c r="C25" s="1" t="s">
+        <v>74</v>
+      </c>
       <c r="D25" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="C26" s="1"/>
+        <v>76</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="D26" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
+      <c r="A29">
+        <v>28</v>
+      </c>
       <c r="B29" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C29" s="1"/>
+      <c r="D29" t="s">
+        <v>84</v>
+      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="B30" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C30" s="1"/>
     </row>
     <row r="31" spans="1:4">
       <c r="B31" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C31" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>