--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -32,204 +32,204 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Михаил Копылов</t>
   </si>
   <si>
     <t>7.38</t>
   </si>
   <si>
-    <t>6.45</t>
+    <t>5.83</t>
   </si>
   <si>
     <t>Дмитрий Шевченко</t>
   </si>
   <si>
     <t>8.98</t>
   </si>
   <si>
-    <t>7.50</t>
+    <t>7.88</t>
   </si>
   <si>
     <t>Максим Бреднев</t>
   </si>
   <si>
-    <t>9.67</t>
-[...2 lines deleted...]
-    <t>8.02</t>
+    <t>9.18</t>
+  </si>
+  <si>
+    <t>7.86</t>
+  </si>
+  <si>
+    <t>Николай Кузин</t>
+  </si>
+  <si>
+    <t>10.41</t>
+  </si>
+  <si>
+    <t>8.04</t>
+  </si>
+  <si>
+    <t>Ростислав Ефимов</t>
+  </si>
+  <si>
+    <t>10.48</t>
+  </si>
+  <si>
+    <t>8.29</t>
   </si>
   <si>
     <t>Михаил Сартаков</t>
   </si>
   <si>
-    <t>10.15</t>
+    <t>10.52</t>
   </si>
   <si>
     <t>8.70</t>
   </si>
   <si>
-    <t>Николай Кузин</t>
-[...14 lines deleted...]
-    <t>8.29</t>
+    <t>Михаил Ивашечкин</t>
+  </si>
+  <si>
+    <t>11.82</t>
+  </si>
+  <si>
+    <t>10.30</t>
   </si>
   <si>
     <t>Никита Раззамазов</t>
   </si>
   <si>
-    <t>11.76</t>
+    <t>12.01</t>
   </si>
   <si>
     <t>8.17</t>
   </si>
   <si>
-    <t>Михаил Ивашечкин</t>
-[...7 lines deleted...]
-  <si>
     <t>Алиса Лесникова</t>
   </si>
   <si>
     <t>12.54</t>
   </si>
   <si>
     <t>10.29</t>
   </si>
   <si>
     <t>Ян Дашевский</t>
   </si>
   <si>
-    <t>12.67</t>
+    <t>12.83</t>
   </si>
   <si>
     <t>9.72</t>
   </si>
   <si>
     <t>Максим Ильин</t>
   </si>
   <si>
     <t>14.17</t>
   </si>
   <si>
     <t>9.99</t>
   </si>
   <si>
     <t>Егор Соломатов</t>
   </si>
   <si>
     <t>14.94</t>
   </si>
   <si>
-    <t>12.98</t>
+    <t>13.20</t>
   </si>
   <si>
     <t>Илья Бойко</t>
   </si>
   <si>
     <t>15.07</t>
   </si>
   <si>
     <t>13.09</t>
   </si>
   <si>
+    <t>Никита Должкевич</t>
+  </si>
+  <si>
+    <t>16.91</t>
+  </si>
+  <si>
+    <t>13.58</t>
+  </si>
+  <si>
+    <t>Никита Бурмистров</t>
+  </si>
+  <si>
+    <t>18.04</t>
+  </si>
+  <si>
+    <t>16.79</t>
+  </si>
+  <si>
     <t>Евгений Логинов</t>
   </si>
   <si>
-    <t>16.33</t>
-[...20 lines deleted...]
-    <t>14.52</t>
+    <t>18.09</t>
+  </si>
+  <si>
+    <t>16.23</t>
   </si>
   <si>
     <t>Ксения Есипова</t>
   </si>
   <si>
     <t>19.07</t>
   </si>
   <si>
-    <t>15.85</t>
+    <t>17.67</t>
   </si>
   <si>
     <t>Игорь Кайгалов</t>
   </si>
   <si>
-    <t>21.30</t>
-[...2 lines deleted...]
-    <t>18.33</t>
+    <t>23.08</t>
+  </si>
+  <si>
+    <t>20.47</t>
   </si>
   <si>
     <t>Борис Скопа</t>
   </si>
   <si>
     <t>24.18</t>
   </si>
   <si>
     <t>17.56</t>
   </si>
   <si>
     <t>Пётр Плышевский</t>
   </si>
   <si>
     <t>30.30</t>
   </si>
   <si>
     <t>24.27</t>
   </si>
   <si>
     <t>Анна Коваль</t>
   </si>
   <si>
     <t>38.33</t>
   </si>