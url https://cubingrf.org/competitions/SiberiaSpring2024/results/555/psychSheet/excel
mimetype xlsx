--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -29,135 +29,135 @@
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Михаил Копылов</t>
   </si>
   <si>
-    <t>1:07.58</t>
+    <t>1:00.95</t>
   </si>
   <si>
     <t>54.13</t>
   </si>
   <si>
     <t>Максим Бреднев</t>
   </si>
   <si>
-    <t>1:14.74</t>
+    <t>1:12.93</t>
   </si>
   <si>
     <t>1:05.64</t>
   </si>
   <si>
     <t>Ростислав Ефимов</t>
   </si>
   <si>
     <t>1:17.21</t>
   </si>
   <si>
     <t>1:06.50</t>
   </si>
   <si>
     <t>Михаил Сартаков</t>
   </si>
   <si>
     <t>1:22.67</t>
   </si>
   <si>
     <t>1:14.76</t>
   </si>
   <si>
     <t>Михаил Ивашечкин</t>
   </si>
   <si>
     <t>1:24.17</t>
   </si>
   <si>
     <t>1:17.86</t>
   </si>
   <si>
     <t>Николай Кузин</t>
   </si>
   <si>
     <t>1:24.70</t>
   </si>
   <si>
-    <t>1:10.63</t>
+    <t>1:16.30</t>
   </si>
   <si>
     <t>Дмитрий Шевченко</t>
   </si>
   <si>
-    <t>1:26.40</t>
-[...2 lines deleted...]
-    <t>1:20.78</t>
+    <t>1:35.84</t>
+  </si>
+  <si>
+    <t>1:21.24</t>
   </si>
   <si>
     <t>Никита Раззамазов</t>
   </si>
   <si>
     <t>1:39.92</t>
   </si>
   <si>
     <t>1:31.82</t>
   </si>
   <si>
     <t>Никита Бурмистров</t>
   </si>
   <si>
     <t>2:03.16</t>
   </si>
   <si>
     <t>1:45.89</t>
   </si>
   <si>
     <t>Игорь Кайгалов</t>
   </si>
   <si>
-    <t>2:27.52</t>
-[...2 lines deleted...]
-    <t>2:12.59</t>
+    <t>2:33.80</t>
+  </si>
+  <si>
+    <t>2:24.74</t>
   </si>
   <si>
     <t>Егор Соломатов</t>
   </si>
   <si>
     <t>2:16.95</t>
   </si>
   <si>
     <t>Евгений Логинов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>