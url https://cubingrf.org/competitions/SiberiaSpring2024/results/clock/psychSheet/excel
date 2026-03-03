--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -38,153 +38,153 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Максим Бреднев</t>
   </si>
   <si>
     <t>5.62</t>
   </si>
   <si>
     <t>4.32</t>
   </si>
   <si>
     <t>Егор Соломатов</t>
   </si>
   <si>
-    <t>7.56</t>
-[...2 lines deleted...]
-    <t>7.11</t>
+    <t>8.13</t>
+  </si>
+  <si>
+    <t>7.32</t>
   </si>
   <si>
     <t>Илья Бойко</t>
   </si>
   <si>
-    <t>8.32</t>
+    <t>8.34</t>
   </si>
   <si>
     <t>7.09</t>
   </si>
   <si>
     <t>Михаил Сартаков</t>
   </si>
   <si>
-    <t>8.90</t>
-[...2 lines deleted...]
-    <t>8.20</t>
+    <t>10.45</t>
+  </si>
+  <si>
+    <t>8.75</t>
   </si>
   <si>
     <t>Ксения Есипова</t>
   </si>
   <si>
-    <t>10.12</t>
+    <t>10.79</t>
   </si>
   <si>
     <t>8.07</t>
   </si>
   <si>
     <t>Никита Должкевич</t>
   </si>
   <si>
-    <t>13.04</t>
+    <t>13.07</t>
   </si>
   <si>
     <t>10.90</t>
   </si>
   <si>
     <t>Михаил Ивашечкин</t>
   </si>
   <si>
     <t>16.26</t>
   </si>
   <si>
     <t>13.95</t>
   </si>
   <si>
     <t>Алиса Лесникова</t>
   </si>
   <si>
-    <t>16.29</t>
-[...2 lines deleted...]
-    <t>15.05</t>
+    <t>18.56</t>
+  </si>
+  <si>
+    <t>15.36</t>
+  </si>
+  <si>
+    <t>Евгений Логинов</t>
+  </si>
+  <si>
+    <t>24.17</t>
+  </si>
+  <si>
+    <t>17.71</t>
+  </si>
+  <si>
+    <t>Пётр Плышевский</t>
+  </si>
+  <si>
+    <t>26.67</t>
+  </si>
+  <si>
+    <t>21.31</t>
   </si>
   <si>
     <t>Игорь Кайгалов</t>
   </si>
   <si>
-    <t>21.93</t>
-[...20 lines deleted...]
-    <t>21.31</t>
+    <t>34.49</t>
+  </si>
+  <si>
+    <t>26.79</t>
+  </si>
+  <si>
+    <t>Никита Мальцев</t>
+  </si>
+  <si>
+    <t>36.29</t>
+  </si>
+  <si>
+    <t>34.29</t>
   </si>
   <si>
     <t>Дмитрий Шевченко</t>
   </si>
   <si>
-    <t>34.74</t>
-[...11 lines deleted...]
-    <t>34.29</t>
+    <t>36.83</t>
+  </si>
+  <si>
+    <t>30.66</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>