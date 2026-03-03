--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,86 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333fm" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Дмитрий Саргсян</t>
+  </si>
+  <si>
+    <t>45.33</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
     <t>Никита Раззамазов</t>
   </si>
   <si>
-    <t>35.33</t>
-[...11 lines deleted...]
-    <t>38</t>
+    <t>30</t>
   </si>
   <si>
     <t>Александр Лаптев</t>
-  </si>
-[...1 lines deleted...]
-    <t>50.33</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Трофим Бабин</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Савелий Шипов</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Тимофей Вихрянов</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Артём Мельников</t>
   </si>
@@ -484,122 +478,118 @@
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
-      <c r="C3" s="1" t="s">
+      <c r="C3" s="1"/>
+      <c r="D3" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" s="1"/>
+      <c r="D4" t="s">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="B8" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C8" s="1"/>
     </row>
     <row r="9" spans="1:4">
       <c r="B9" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C9" s="1"/>
     </row>
     <row r="10" spans="1:4">
       <c r="B10" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C10" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>