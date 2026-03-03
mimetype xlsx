--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -29,207 +29,207 @@
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Шевченко</t>
   </si>
   <si>
-    <t>14.16</t>
+    <t>14.21</t>
   </si>
   <si>
     <t>10.01</t>
   </si>
   <si>
     <t>Михаил Копылов</t>
   </si>
   <si>
-    <t>15.74</t>
-[...2 lines deleted...]
-    <t>11.65</t>
+    <t>16.40</t>
+  </si>
+  <si>
+    <t>13.88</t>
   </si>
   <si>
     <t>Дмитрий Саргсян</t>
   </si>
   <si>
     <t>17.50</t>
   </si>
   <si>
     <t>13.46</t>
   </si>
   <si>
     <t>Амина Чебочакова</t>
   </si>
   <si>
     <t>18.56</t>
   </si>
   <si>
     <t>15.45</t>
   </si>
   <si>
     <t>Никита Раззамазов</t>
   </si>
   <si>
-    <t>20.74</t>
-[...2 lines deleted...]
-    <t>17.03</t>
+    <t>22.26</t>
+  </si>
+  <si>
+    <t>17.99</t>
+  </si>
+  <si>
+    <t>Ростислав Ефимов</t>
+  </si>
+  <si>
+    <t>22.35</t>
+  </si>
+  <si>
+    <t>16.19</t>
+  </si>
+  <si>
+    <t>Трофим Бабин</t>
+  </si>
+  <si>
+    <t>25.07</t>
+  </si>
+  <si>
+    <t>20.66</t>
+  </si>
+  <si>
+    <t>Артём Мельников</t>
+  </si>
+  <si>
+    <t>25.90</t>
+  </si>
+  <si>
+    <t>22.17</t>
   </si>
   <si>
     <t>Михаил Ивашечкин</t>
   </si>
   <si>
-    <t>22.06</t>
-[...29 lines deleted...]
-    <t>20.66</t>
+    <t>26.25</t>
+  </si>
+  <si>
+    <t>22.11</t>
   </si>
   <si>
     <t>Тимофей Зацепин</t>
   </si>
   <si>
     <t>28.44</t>
   </si>
   <si>
     <t>23.83</t>
   </si>
   <si>
     <t>Егор Соломатов</t>
   </si>
   <si>
-    <t>28.94</t>
-[...2 lines deleted...]
-    <t>23.24</t>
+    <t>31.51</t>
+  </si>
+  <si>
+    <t>28.50</t>
+  </si>
+  <si>
+    <t>Савелий Шипов</t>
+  </si>
+  <si>
+    <t>36.28</t>
+  </si>
+  <si>
+    <t>33.00</t>
+  </si>
+  <si>
+    <t>Алиса Лесникова</t>
+  </si>
+  <si>
+    <t>36.54</t>
+  </si>
+  <si>
+    <t>27.75</t>
+  </si>
+  <si>
+    <t>Павел Ли</t>
+  </si>
+  <si>
+    <t>37.66</t>
+  </si>
+  <si>
+    <t>31.50</t>
   </si>
   <si>
     <t>Александр Лаптев</t>
   </si>
   <si>
-    <t>33.18</t>
-[...20 lines deleted...]
-    <t>33.00</t>
+    <t>40.31</t>
+  </si>
+  <si>
+    <t>26.70</t>
   </si>
   <si>
     <t>Данил Поминов</t>
   </si>
   <si>
-    <t>36.95</t>
-[...11 lines deleted...]
-    <t>31.50</t>
+    <t>42.76</t>
+  </si>
+  <si>
+    <t>30.26</t>
   </si>
   <si>
     <t>Никита Должкевич</t>
   </si>
   <si>
-    <t>43.01</t>
+    <t>44.89</t>
   </si>
   <si>
     <t>36.19</t>
   </si>
   <si>
     <t>Ксения Есипова</t>
   </si>
   <si>
-    <t>44.66</t>
-[...2 lines deleted...]
-    <t>36.51</t>
+    <t>51.46</t>
+  </si>
+  <si>
+    <t>41.39</t>
   </si>
   <si>
     <t>Тимофей Вихрянов</t>
   </si>
   <si>
     <t>1:11.70</t>
   </si>
   <si>
     <t>1:00.92</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>