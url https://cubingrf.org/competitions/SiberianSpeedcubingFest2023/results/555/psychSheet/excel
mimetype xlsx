--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -29,60 +29,60 @@
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Михаил Копылов</t>
   </si>
   <si>
-    <t>1:07.58</t>
+    <t>1:00.95</t>
   </si>
   <si>
     <t>54.13</t>
   </si>
   <si>
     <t>Максим Бреднев</t>
   </si>
   <si>
-    <t>1:14.74</t>
+    <t>1:12.93</t>
   </si>
   <si>
     <t>1:05.64</t>
   </si>
   <si>
     <t>Ростислав Ефимов</t>
   </si>
   <si>
     <t>1:17.21</t>
   </si>
   <si>
     <t>1:06.50</t>
   </si>
   <si>
     <t>Дмитрий Саргсян</t>
   </si>
   <si>
     <t>1:22.39</t>
   </si>
   <si>
     <t>1:12.11</t>
   </si>
   <si>
     <t>Михаил Ивашечкин</t>
   </si>