--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -38,135 +38,135 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Михаил Копылов</t>
   </si>
   <si>
     <t>37.98</t>
   </si>
   <si>
     <t>33.28</t>
   </si>
   <si>
     <t>Елизавета Рымшина</t>
   </si>
   <si>
-    <t>1:02.88</t>
-[...2 lines deleted...]
-    <t>55.10</t>
+    <t>1:03.60</t>
+  </si>
+  <si>
+    <t>1:00.04</t>
   </si>
   <si>
     <t>Амина Чебочакова</t>
   </si>
   <si>
     <t>1:10.56</t>
   </si>
   <si>
     <t>1:04.39</t>
   </si>
   <si>
     <t>Дмитрий Саргсян</t>
   </si>
   <si>
     <t>1:21.38</t>
   </si>
   <si>
     <t>1:07.45</t>
   </si>
   <si>
     <t>Егор Тарасов</t>
   </si>
   <si>
     <t>1:25.53</t>
   </si>
   <si>
     <t>1:14.32</t>
   </si>
   <si>
     <t>Алиса Лесникова</t>
   </si>
   <si>
     <t>1:27.56</t>
   </si>
   <si>
     <t>1:22.24</t>
   </si>
   <si>
+    <t>Ростислав Ефимов</t>
+  </si>
+  <si>
+    <t>2:01.38</t>
+  </si>
+  <si>
+    <t>1:54.13</t>
+  </si>
+  <si>
+    <t>Савелий Шипов</t>
+  </si>
+  <si>
+    <t>2:10.34</t>
+  </si>
+  <si>
+    <t>1:59.56</t>
+  </si>
+  <si>
     <t>Егор Соломатов</t>
   </si>
   <si>
-    <t>1:57.07</t>
-[...11 lines deleted...]
-    <t>1:54.13</t>
+    <t>2:20.51</t>
+  </si>
+  <si>
+    <t>2:17.38</t>
+  </si>
+  <si>
+    <t>Павел Ли</t>
+  </si>
+  <si>
+    <t>2:31.60</t>
+  </si>
+  <si>
+    <t>2:07.11</t>
   </si>
   <si>
     <t>Александр Лаптев</t>
   </si>
   <si>
-    <t>2:04.46</t>
-[...20 lines deleted...]
-    <t>2:07.11</t>
+    <t>2:40.72</t>
+  </si>
+  <si>
+    <t>2:11.54</t>
   </si>
   <si>
     <t>Артём Мельников</t>
   </si>
   <si>
     <t>3:47.37</t>
   </si>
   <si>
     <t>Егор Говорунов</t>
   </si>
   <si>
     <t>4:56.93</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>