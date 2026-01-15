--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -12,236 +12,251 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Иван Полканов</t>
   </si>
   <si>
     <t>6.91</t>
   </si>
   <si>
     <t>5.44</t>
   </si>
   <si>
+    <t>Анна Фомина</t>
+  </si>
+  <si>
+    <t>8.62</t>
+  </si>
+  <si>
+    <t>7.93</t>
+  </si>
+  <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>9.43</t>
   </si>
   <si>
     <t>6.88</t>
   </si>
   <si>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>10.27</t>
+  </si>
+  <si>
+    <t>7.68</t>
+  </si>
+  <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>10.33</t>
   </si>
   <si>
     <t>7.91</t>
   </si>
   <si>
-    <t>Тимофей Тюльпаков</t>
-[...7 lines deleted...]
-  <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
-    <t>11.29</t>
+    <t>10.98</t>
   </si>
   <si>
     <t>9.13</t>
   </si>
   <si>
+    <t>Искандер Кусярбаев</t>
+  </si>
+  <si>
+    <t>11.39</t>
+  </si>
+  <si>
+    <t>10.09</t>
+  </si>
+  <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>11.73</t>
   </si>
   <si>
     <t>9.58</t>
   </si>
   <si>
-    <t>Анна Фомина</t>
-[...5 lines deleted...]
-    <t>9.66</t>
+    <t>Афанасий Иванов</t>
+  </si>
+  <si>
+    <t>14.22</t>
+  </si>
+  <si>
+    <t>12.00</t>
   </si>
   <si>
     <t>Александр Минко</t>
   </si>
   <si>
-    <t>14.22</t>
-[...11 lines deleted...]
-    <t>12.75</t>
+    <t>12.03</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>15.16</t>
   </si>
   <si>
     <t>10.01</t>
   </si>
   <si>
-    <t>Афанасий Иванов</t>
-[...7 lines deleted...]
-  <si>
     <t>Михаил Кулешов</t>
   </si>
   <si>
-    <t>17.11</t>
-[...2 lines deleted...]
-    <t>14.16</t>
+    <t>15.21</t>
+  </si>
+  <si>
+    <t>12.71</t>
+  </si>
+  <si>
+    <t>Даниил Козлов</t>
+  </si>
+  <si>
+    <t>16.12</t>
+  </si>
+  <si>
+    <t>13.07</t>
+  </si>
+  <si>
+    <t>Анастасия Хлапонина</t>
+  </si>
+  <si>
+    <t>19.49</t>
+  </si>
+  <si>
+    <t>17.69</t>
   </si>
   <si>
     <t>Елисей Акименков</t>
   </si>
   <si>
-    <t>20.08</t>
-[...20 lines deleted...]
-    <t>21.48</t>
+    <t>19.79</t>
+  </si>
+  <si>
+    <t>16.20</t>
+  </si>
+  <si>
+    <t>Михаил Корячкин</t>
+  </si>
+  <si>
+    <t>22.83</t>
+  </si>
+  <si>
+    <t>21.82</t>
+  </si>
+  <si>
+    <t>Назар Ермолаев</t>
+  </si>
+  <si>
+    <t>23.61</t>
+  </si>
+  <si>
+    <t>20.69</t>
   </si>
   <si>
     <t>Вячеслав Трушков</t>
   </si>
   <si>
     <t>29.45</t>
   </si>
   <si>
     <t>25.11</t>
   </si>
   <si>
+    <t>Петр Фадеев</t>
+  </si>
+  <si>
+    <t>37.36</t>
+  </si>
+  <si>
+    <t>33.09</t>
+  </si>
+  <si>
     <t>Данис Шарифуллин</t>
   </si>
   <si>
     <t>48.10</t>
   </si>
   <si>
     <t>38.02</t>
   </si>
   <si>
     <t>Николай Башарин</t>
   </si>
   <si>
     <t>1:01.88</t>
   </si>
   <si>
     <t>47.31</t>
   </si>
   <si>
     <t>Константин Соколов</t>
-  </si>
-[...7 lines deleted...]
-    <t>Петр Фадеев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -717,189 +732,213 @@
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>33</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>39</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>42</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>48</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>51</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" t="s">
         <v>56</v>
       </c>
-      <c r="D19" t="s">
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20">
+        <v>19</v>
+      </c>
+      <c r="B20" t="s">
         <v>57</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B20" t="s">
+      <c r="C20" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C20" s="1"/>
+      <c r="D20" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
+      <c r="A21">
+        <v>20</v>
+      </c>
       <c r="B21" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="C21" s="1"/>
+        <v>60</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D21" t="s">
+        <v>62</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
+      <c r="A22">
+        <v>21</v>
+      </c>
       <c r="B22" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="C22" s="1"/>
+        <v>63</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D22" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="B23" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="C23" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>