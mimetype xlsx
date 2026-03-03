--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,173 +12,176 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Иван Полканов</t>
   </si>
   <si>
     <t>6.91</t>
   </si>
   <si>
     <t>5.44</t>
   </si>
   <si>
     <t>Анна Фомина</t>
   </si>
   <si>
-    <t>8.62</t>
-[...2 lines deleted...]
-    <t>7.93</t>
+    <t>8.40</t>
+  </si>
+  <si>
+    <t>7.45</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>9.43</t>
   </si>
   <si>
     <t>6.88</t>
   </si>
   <si>
     <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>10.27</t>
   </si>
   <si>
     <t>7.68</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>10.33</t>
   </si>
   <si>
     <t>7.91</t>
   </si>
   <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>10.98</t>
   </si>
   <si>
-    <t>9.13</t>
+    <t>8.52</t>
   </si>
   <si>
     <t>Искандер Кусярбаев</t>
   </si>
   <si>
     <t>11.39</t>
   </si>
   <si>
     <t>10.09</t>
   </si>
   <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>11.73</t>
   </si>
   <si>
     <t>9.58</t>
   </si>
   <si>
+    <t>Александр Минко</t>
+  </si>
+  <si>
+    <t>13.88</t>
+  </si>
+  <si>
+    <t>11.95</t>
+  </si>
+  <si>
     <t>Афанасий Иванов</t>
   </si>
   <si>
     <t>14.22</t>
   </si>
   <si>
     <t>12.00</t>
   </si>
   <si>
-    <t>Александр Минко</t>
-[...4 lines deleted...]
-  <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>15.16</t>
   </si>
   <si>
-    <t>10.01</t>
+    <t>12.84</t>
   </si>
   <si>
     <t>Михаил Кулешов</t>
   </si>
   <si>
     <t>15.21</t>
   </si>
   <si>
     <t>12.71</t>
   </si>
   <si>
     <t>Даниил Козлов</t>
   </si>
   <si>
-    <t>16.12</t>
+    <t>15.97</t>
   </si>
   <si>
     <t>13.07</t>
   </si>
   <si>
     <t>Анастасия Хлапонина</t>
   </si>
   <si>
     <t>19.49</t>
   </si>
   <si>
     <t>17.69</t>
   </si>
   <si>
     <t>Елисей Акименков</t>
   </si>
   <si>
     <t>19.79</t>
   </si>
   <si>
     <t>16.20</t>
   </si>
   <si>
     <t>Михаил Корячкин</t>
   </si>
@@ -732,213 +735,213 @@
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="B23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C23" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>