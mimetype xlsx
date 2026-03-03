--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -12,176 +12,191 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Ivan Polkanov</t>
   </si>
   <si>
-    <t>12.71</t>
-[...2 lines deleted...]
-    <t>10.05</t>
+    <t>12.66</t>
+  </si>
+  <si>
+    <t>9.91</t>
   </si>
   <si>
     <t>Timofey Tyulpakov</t>
   </si>
   <si>
-    <t>17.09</t>
+    <t>16.41</t>
   </si>
   <si>
     <t>12.58</t>
   </si>
   <si>
     <t>Anastasiya Maykova</t>
   </si>
   <si>
-    <t>19.90</t>
-[...2 lines deleted...]
-    <t>16.92</t>
+    <t>19.48</t>
+  </si>
+  <si>
+    <t>15.63</t>
   </si>
   <si>
     <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>21.06</t>
   </si>
   <si>
     <t>18.19</t>
   </si>
   <si>
+    <t>Anna Fomina</t>
+  </si>
+  <si>
+    <t>22.64</t>
+  </si>
+  <si>
+    <t>17.76</t>
+  </si>
+  <si>
     <t>Andrey Kohhelev</t>
   </si>
   <si>
     <t>24.28</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
   <si>
     <t>Vasilii Nikolashin</t>
   </si>
   <si>
     <t>24.94</t>
   </si>
   <si>
     <t>17.83</t>
   </si>
   <si>
     <t>Aleksandr Minko</t>
   </si>
   <si>
     <t>25.00</t>
   </si>
   <si>
     <t>22.93</t>
   </si>
   <si>
     <t>Afanasy Ivanov</t>
   </si>
   <si>
     <t>30.15</t>
   </si>
   <si>
     <t>24.71</t>
   </si>
   <si>
     <t>Alexander Katyukov</t>
   </si>
   <si>
     <t>32.01</t>
   </si>
   <si>
-    <t>27.45</t>
-[...2 lines deleted...]
-    <t>Mihail Kulechov</t>
+    <t>28.23</t>
+  </si>
+  <si>
+    <t>Daniil Kozlov</t>
+  </si>
+  <si>
+    <t>32.38</t>
+  </si>
+  <si>
+    <t>26.47</t>
+  </si>
+  <si>
+    <t>Mikhail Kuleshov</t>
   </si>
   <si>
     <t>38.02</t>
   </si>
   <si>
-    <t>35.27</t>
-[...5 lines deleted...]
-    <t>36.77</t>
+    <t>31.55</t>
+  </si>
+  <si>
+    <t>Iskander Kusyarbaev</t>
+  </si>
+  <si>
+    <t>42.00</t>
+  </si>
+  <si>
+    <t>26.66</t>
   </si>
   <si>
     <t>Anastasia Khlaponina</t>
   </si>
   <si>
-    <t>1:15.67</t>
+    <t>1:06.99</t>
   </si>
   <si>
     <t>Vyacheslav Trushkov</t>
   </si>
   <si>
     <t>1:46.80</t>
-  </si>
-[...4 lines deleted...]
-    <t>Iskander Kusyarbaev</t>
   </si>
   <si>
     <t>Konstantin Sokolov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -673,94 +688,112 @@
       <c r="D10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
-      <c r="C12" s="1"/>
+      <c r="C12" s="1" t="s">
+        <v>35</v>
+      </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="C13" s="1"/>
+        <v>37</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>38</v>
+      </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="C14" s="1"/>
+        <v>40</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>41</v>
+      </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
+      <c r="A15">
+        <v>14</v>
+      </c>
       <c r="B15" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C15" s="1"/>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
+      <c r="A16">
+        <v>15</v>
+      </c>
       <c r="B16" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="C16" s="1"/>
+      <c r="D16" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="B17" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="C17" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>