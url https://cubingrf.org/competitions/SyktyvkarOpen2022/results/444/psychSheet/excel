--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -47,54 +47,54 @@
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>39.02</t>
   </si>
   <si>
     <t>34.36</t>
   </si>
   <si>
     <t>Дмитрий Сауков</t>
   </si>
   <si>
     <t>40.49</t>
   </si>
   <si>
     <t>31.58</t>
   </si>
   <si>
     <t>Семен Паршуков</t>
   </si>
   <si>
-    <t>56.05</t>
-[...2 lines deleted...]
-    <t>48.40</t>
+    <t>59.32</t>
+  </si>
+  <si>
+    <t>54.49</t>
   </si>
   <si>
     <t>Денис Колодочка</t>
   </si>
   <si>
     <t>1:04.96</t>
   </si>
   <si>
     <t>56.67</t>
   </si>
   <si>
     <t>Андрей Ваховский</t>
   </si>
   <si>
     <t>1:54.49</t>
   </si>
   <si>
     <t>Ярослав Румянцев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>