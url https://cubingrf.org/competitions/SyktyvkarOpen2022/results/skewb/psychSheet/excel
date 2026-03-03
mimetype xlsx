--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -41,51 +41,51 @@
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>5.02</t>
   </si>
   <si>
     <t>4.33</t>
   </si>
   <si>
     <t>Семен Паршуков</t>
   </si>
   <si>
     <t>7.83</t>
   </si>
   <si>
-    <t>5.11</t>
+    <t>5.34</t>
   </si>
   <si>
     <t>Даниил Попов</t>
   </si>
   <si>
     <t>11.89</t>
   </si>
   <si>
     <t>7.58</t>
   </si>
   <si>
     <t>Илья Киляченков</t>
   </si>
   <si>
     <t>20.89</t>
   </si>
   <si>
     <t>13.73</t>
   </si>
   <si>
     <t>Ярослав Румянцев</t>
   </si>
   <si>
     <t>32.58</t>
   </si>