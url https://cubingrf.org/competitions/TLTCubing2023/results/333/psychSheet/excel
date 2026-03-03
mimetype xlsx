--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -41,195 +41,195 @@
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Максим Семыкин</t>
   </si>
   <si>
     <t>8.34</t>
   </si>
   <si>
     <t>7.05</t>
   </si>
   <si>
     <t>Семен Салмин</t>
   </si>
   <si>
     <t>10.65</t>
   </si>
   <si>
-    <t>8.59</t>
+    <t>9.54</t>
   </si>
   <si>
     <t>Семён Мурзин</t>
   </si>
   <si>
     <t>10.91</t>
   </si>
   <si>
     <t>9.37</t>
   </si>
   <si>
     <t>Семён Шумилкин</t>
   </si>
   <si>
     <t>11.07</t>
   </si>
   <si>
     <t>10.24</t>
   </si>
   <si>
     <t>Николай Рындин</t>
   </si>
   <si>
     <t>11.42</t>
   </si>
   <si>
-    <t>9.52</t>
+    <t>10.12</t>
   </si>
   <si>
     <t>Антон Пальнев</t>
   </si>
   <si>
-    <t>11.62</t>
-[...2 lines deleted...]
-    <t>9.32</t>
+    <t>12.24</t>
+  </si>
+  <si>
+    <t>10.73</t>
   </si>
   <si>
     <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>12.35</t>
   </si>
   <si>
     <t>9.68</t>
   </si>
   <si>
+    <t>Эдуард Иванян</t>
+  </si>
+  <si>
+    <t>14.88</t>
+  </si>
+  <si>
+    <t>12.06</t>
+  </si>
+  <si>
+    <t>Илья Анников</t>
+  </si>
+  <si>
+    <t>15.21</t>
+  </si>
+  <si>
+    <t>13.34</t>
+  </si>
+  <si>
+    <t>Самуил Жамгарян</t>
+  </si>
+  <si>
+    <t>16.55</t>
+  </si>
+  <si>
+    <t>11.45</t>
+  </si>
+  <si>
     <t>Сергей Вольферц</t>
   </si>
   <si>
-    <t>14.25</t>
-[...29 lines deleted...]
-    <t>11.45</t>
+    <t>18.04</t>
+  </si>
+  <si>
+    <t>16.28</t>
+  </si>
+  <si>
+    <t>Степан Патрин</t>
+  </si>
+  <si>
+    <t>21.14</t>
+  </si>
+  <si>
+    <t>17.38</t>
+  </si>
+  <si>
+    <t>Михаил Харламов</t>
+  </si>
+  <si>
+    <t>21.83</t>
+  </si>
+  <si>
+    <t>14.69</t>
+  </si>
+  <si>
+    <t>Тимофей Козлов</t>
+  </si>
+  <si>
+    <t>38.42</t>
+  </si>
+  <si>
+    <t>35.50</t>
+  </si>
+  <si>
+    <t>Никита Анциферов</t>
+  </si>
+  <si>
+    <t>53.05</t>
+  </si>
+  <si>
+    <t>40.97</t>
+  </si>
+  <si>
+    <t>Анна Васильева</t>
+  </si>
+  <si>
+    <t>1:05.08</t>
+  </si>
+  <si>
+    <t>1:01.39</t>
+  </si>
+  <si>
+    <t>Данила Иванча</t>
+  </si>
+  <si>
+    <t>1:23.58</t>
+  </si>
+  <si>
+    <t>1:09.60</t>
   </si>
   <si>
     <t>Степан Дмитриев</t>
   </si>
   <si>
-    <t>19.23</t>
-[...56 lines deleted...]
-    <t>1:09.60</t>
+    <t>1:41.07</t>
+  </si>
+  <si>
+    <t>1:21.03</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>