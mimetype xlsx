--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -12,362 +12,359 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Куликов</t>
   </si>
   <si>
     <t>1.67</t>
   </si>
   <si>
     <t>0.99</t>
   </si>
   <si>
     <t>Иван Полканов</t>
   </si>
   <si>
-    <t>1.75</t>
-[...2 lines deleted...]
-    <t>1.04</t>
+    <t>2.37</t>
+  </si>
+  <si>
+    <t>1.27</t>
   </si>
   <si>
     <t>Семен Салмин</t>
   </si>
   <si>
     <t>2.58</t>
   </si>
   <si>
-    <t>1.61</t>
+    <t>2.03</t>
   </si>
   <si>
     <t>Николай Катаев</t>
   </si>
   <si>
     <t>2.98</t>
   </si>
   <si>
     <t>1.65</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>3.17</t>
   </si>
   <si>
-    <t>1.57</t>
+    <t>2.13</t>
   </si>
   <si>
     <t>Максим Знаменщиков</t>
   </si>
   <si>
     <t>3.18</t>
   </si>
   <si>
     <t>1.38</t>
   </si>
   <si>
     <t>Кирилл Мальков</t>
   </si>
   <si>
     <t>3.40</t>
   </si>
   <si>
     <t>2.42</t>
   </si>
   <si>
     <t>Родион Першин</t>
   </si>
   <si>
     <t>3.53</t>
   </si>
   <si>
     <t>1.48</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>3.70</t>
   </si>
   <si>
     <t>1.84</t>
   </si>
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
-    <t>3.78</t>
+    <t>3.73</t>
   </si>
   <si>
     <t>2.16</t>
   </si>
   <si>
     <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>4.10</t>
   </si>
   <si>
     <t>2.53</t>
   </si>
   <si>
     <t>Семён Шумилкин</t>
   </si>
   <si>
     <t>4.17</t>
   </si>
   <si>
     <t>3.10</t>
   </si>
   <si>
     <t>Денис Григорьев</t>
   </si>
   <si>
     <t>4.36</t>
   </si>
   <si>
     <t>3.74</t>
   </si>
   <si>
+    <t>Максим Темнышов</t>
+  </si>
+  <si>
+    <t>4.76</t>
+  </si>
+  <si>
+    <t>2.36</t>
+  </si>
+  <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
-    <t>4.65</t>
-[...11 lines deleted...]
-    <t>2.36</t>
+    <t>4.96</t>
+  </si>
+  <si>
+    <t>2.24</t>
   </si>
   <si>
     <t>Антон Михайлов</t>
   </si>
   <si>
     <t>5.05</t>
   </si>
   <si>
     <t>3.72</t>
   </si>
   <si>
+    <t>Владислав Кравченко</t>
+  </si>
+  <si>
+    <t>5.53</t>
+  </si>
+  <si>
+    <t>3.76</t>
+  </si>
+  <si>
     <t>Алексей Моденов</t>
   </si>
   <si>
-    <t>5.50</t>
-[...8 lines deleted...]
-    <t>3.76</t>
+    <t>5.60</t>
+  </si>
+  <si>
+    <t>4.55</t>
   </si>
   <si>
     <t>Михаил Харламов</t>
   </si>
   <si>
     <t>5.77</t>
   </si>
   <si>
     <t>2.86</t>
   </si>
   <si>
+    <t>Никита Лисицкий</t>
+  </si>
+  <si>
+    <t>6.09</t>
+  </si>
+  <si>
+    <t>3.63</t>
+  </si>
+  <si>
+    <t>Степан Патрин</t>
+  </si>
+  <si>
+    <t>6.24</t>
+  </si>
+  <si>
+    <t>4.73</t>
+  </si>
+  <si>
+    <t>Кирилл Воронцов</t>
+  </si>
+  <si>
+    <t>5.19</t>
+  </si>
+  <si>
+    <t>Максим Чечнев</t>
+  </si>
+  <si>
+    <t>6.32</t>
+  </si>
+  <si>
+    <t>4.02</t>
+  </si>
+  <si>
+    <t>Эдуард Иванян</t>
+  </si>
+  <si>
+    <t>6.61</t>
+  </si>
+  <si>
+    <t>4.74</t>
+  </si>
+  <si>
+    <t>Александр Зайцев</t>
+  </si>
+  <si>
+    <t>6.66</t>
+  </si>
+  <si>
+    <t>4.22</t>
+  </si>
+  <si>
     <t>Амир Зокиров</t>
   </si>
   <si>
-    <t>6.01</t>
-[...53 lines deleted...]
-    <t>4.22</t>
+    <t>7.04</t>
+  </si>
+  <si>
+    <t>4.67</t>
   </si>
   <si>
     <t>Тимофей Черевко</t>
   </si>
   <si>
     <t>7.66</t>
   </si>
   <si>
     <t>5.38</t>
   </si>
   <si>
+    <t>Алексей Казинец</t>
+  </si>
+  <si>
+    <t>8.96</t>
+  </si>
+  <si>
+    <t>5.36</t>
+  </si>
+  <si>
+    <t>Ростислав Давыдов</t>
+  </si>
+  <si>
+    <t>9.03</t>
+  </si>
+  <si>
+    <t>7.42</t>
+  </si>
+  <si>
+    <t>Владимир Першин</t>
+  </si>
+  <si>
+    <t>12.70</t>
+  </si>
+  <si>
+    <t>4.49</t>
+  </si>
+  <si>
+    <t>Лука Алексеев</t>
+  </si>
+  <si>
+    <t>22.19</t>
+  </si>
+  <si>
+    <t>13.12</t>
+  </si>
+  <si>
+    <t>Денис Комаров</t>
+  </si>
+  <si>
+    <t>30.64</t>
+  </si>
+  <si>
+    <t>13.44</t>
+  </si>
+  <si>
+    <t>Андрей Щевелёв</t>
+  </si>
+  <si>
+    <t>38.56</t>
+  </si>
+  <si>
+    <t>22.06</t>
+  </si>
+  <si>
     <t>Андрей Шапошников</t>
-  </si>
-[...58 lines deleted...]
-    <t>22.06</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -944,290 +941,282 @@
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D23" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>69</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D24" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>72</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D26" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D28" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D29" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D30" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D33" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D34" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:4">
-      <c r="A35">
-[...1 lines deleted...]
-      </c>
       <c r="B35" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="C35" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="D35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C35" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">