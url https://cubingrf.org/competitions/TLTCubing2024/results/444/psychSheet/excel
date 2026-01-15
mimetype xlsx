--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -128,51 +128,51 @@
   <si>
     <t>44.76</t>
   </si>
   <si>
     <t>Денис Мушлантов</t>
   </si>
   <si>
     <t>49.35</t>
   </si>
   <si>
     <t>44.63</t>
   </si>
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>49.57</t>
   </si>
   <si>
     <t>42.25</t>
   </si>
   <si>
     <t>Владислав Затолокин</t>
   </si>
   <si>
-    <t>51.63</t>
+    <t>51.48</t>
   </si>
   <si>
     <t>45.28</t>
   </si>
   <si>
     <t>Максим Темнышов</t>
   </si>
   <si>
     <t>54.17</t>
   </si>
   <si>
     <t>46.28</t>
   </si>
   <si>
     <t>Эдуард Иванян</t>
   </si>
   <si>
     <t>55.21</t>
   </si>
   <si>
     <t>53.53</t>
   </si>
   <si>
     <t>Кирилл Мальков</t>
   </si>