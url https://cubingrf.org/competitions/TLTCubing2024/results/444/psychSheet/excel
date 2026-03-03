--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,143 +12,143 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Иван Полканов</t>
   </si>
   <si>
-    <t>29.01</t>
+    <t>29.35</t>
   </si>
   <si>
     <t>24.75</t>
   </si>
   <si>
     <t>Максим Знаменщиков</t>
   </si>
   <si>
     <t>35.73</t>
   </si>
   <si>
     <t>30.98</t>
   </si>
   <si>
     <t>Николай Катаев</t>
   </si>
   <si>
-    <t>37.69</t>
-[...2 lines deleted...]
-    <t>34.08</t>
+    <t>36.95</t>
+  </si>
+  <si>
+    <t>32.29</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>40.82</t>
   </si>
   <si>
     <t>33.02</t>
   </si>
   <si>
     <t>Денис Григорьев</t>
   </si>
   <si>
     <t>42.12</t>
   </si>
   <si>
     <t>36.28</t>
   </si>
   <si>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>43.87</t>
+  </si>
+  <si>
+    <t>37.85</t>
+  </si>
+  <si>
     <t>Максим Семыкин</t>
   </si>
   <si>
-    <t>42.74</t>
+    <t>44.29</t>
   </si>
   <si>
     <t>37.62</t>
   </si>
   <si>
-    <t>Тимофей Терещенко</t>
-[...7 lines deleted...]
-  <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>48.24</t>
   </si>
   <si>
     <t>42.65</t>
   </si>
   <si>
     <t>Семен Салмин</t>
   </si>
   <si>
     <t>48.37</t>
   </si>
   <si>
-    <t>44.76</t>
+    <t>45.68</t>
   </si>
   <si>
     <t>Денис Мушлантов</t>
   </si>
   <si>
     <t>49.35</t>
   </si>
   <si>
     <t>44.63</t>
   </si>
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>49.57</t>
   </si>
   <si>
     <t>42.25</t>
   </si>
   <si>
     <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>51.48</t>
   </si>
@@ -206,102 +206,99 @@
   <si>
     <t>1:12.93</t>
   </si>
   <si>
     <t>1:09.35</t>
   </si>
   <si>
     <t>Тимофей Черевко</t>
   </si>
   <si>
     <t>1:13.52</t>
   </si>
   <si>
     <t>1:07.60</t>
   </si>
   <si>
     <t>Родион Першин</t>
   </si>
   <si>
     <t>1:14.46</t>
   </si>
   <si>
     <t>1:00.38</t>
   </si>
   <si>
+    <t>Самуил Жамгарян</t>
+  </si>
+  <si>
+    <t>1:21.35</t>
+  </si>
+  <si>
+    <t>1:15.98</t>
+  </si>
+  <si>
     <t>Амир Зокиров</t>
   </si>
   <si>
-    <t>1:19.26</t>
-[...11 lines deleted...]
-    <t>1:15.98</t>
+    <t>1:23.44</t>
+  </si>
+  <si>
+    <t>1:18.09</t>
   </si>
   <si>
     <t>Алексей Моденов</t>
   </si>
   <si>
     <t>1:24.62</t>
   </si>
   <si>
     <t>1:10.86</t>
   </si>
   <si>
     <t>Никита Лисицкий</t>
   </si>
   <si>
     <t>1:33.98</t>
   </si>
   <si>
     <t>1:24.48</t>
   </si>
   <si>
+    <t>Владислав Кравченко</t>
+  </si>
+  <si>
+    <t>1:55.04</t>
+  </si>
+  <si>
+    <t>1:41.74</t>
+  </si>
+  <si>
     <t>Максим Чечнев</t>
   </si>
   <si>
-    <t>1:47.94</t>
-[...11 lines deleted...]
-    <t>1:41.74</t>
+    <t>1:45.44</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1000,55 +997,53 @@
       <c r="D25" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>76</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D26" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>79</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="C27" s="1"/>
+      <c r="D27" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>