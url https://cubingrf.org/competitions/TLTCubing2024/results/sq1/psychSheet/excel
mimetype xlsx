--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,80 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="sq1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Artem Kulikov</t>
   </si>
   <si>
     <t>13.37</t>
   </si>
   <si>
     <t>10.78</t>
   </si>
   <si>
     <t>Eduard Ivanyan</t>
   </si>
   <si>
-    <t>17.90</t>
-[...2 lines deleted...]
-    <t>11.47</t>
+    <t>21.94</t>
+  </si>
+  <si>
+    <t>14.79</t>
   </si>
   <si>
     <t>Maxim Znamenshchikov</t>
   </si>
   <si>
     <t>22.04</t>
   </si>
   <si>
     <t>20.04</t>
   </si>
   <si>
     <t>Nikolay Kataev</t>
   </si>
   <si>
     <t>23.24</t>
   </si>
   <si>
     <t>15.64</t>
   </si>
   <si>
     <t>Ivan Oleinikov</t>
   </si>
   <si>
     <t>26.29</t>
   </si>
@@ -107,63 +107,57 @@
   <si>
     <t>37.82</t>
   </si>
   <si>
     <t>32.80</t>
   </si>
   <si>
     <t>Stepan Shchevelev</t>
   </si>
   <si>
     <t>43.25</t>
   </si>
   <si>
     <t>35.19</t>
   </si>
   <si>
     <t>Vladislav Kravchenko</t>
   </si>
   <si>
     <t>51.94</t>
   </si>
   <si>
     <t>44.90</t>
   </si>
   <si>
+    <t>Vladislav Zatolokin</t>
+  </si>
+  <si>
+    <t>45.27</t>
+  </si>
+  <si>
     <t>Maxim Chechnev</t>
-  </si>
-[...10 lines deleted...]
-    <t>45.27</t>
   </si>
   <si>
     <t>Rodion Pershin</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -641,72 +635,64 @@
       <c r="D9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="C11" s="1"/>
+      <c r="D11" t="s">
         <v>32</v>
       </c>
-      <c r="D11" t="s">
+    </row>
+    <row r="12" spans="1:4">
+      <c r="B12" t="s">
         <v>33</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C12" s="1"/>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="B13" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C13" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>