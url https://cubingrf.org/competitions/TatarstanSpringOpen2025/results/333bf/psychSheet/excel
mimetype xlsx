--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,294 +17,294 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333bf" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Nikita Popkov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>21.69</t>
   </si>
   <si>
     <t>19.34</t>
   </si>
   <si>
-    <t>Pavel Mishin</t>
+    <t>Павел Мишин</t>
   </si>
   <si>
     <t>37.26</t>
   </si>
   <si>
     <t>29.21</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>49.28</t>
   </si>
   <si>
     <t>32.88</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:57.94</t>
   </si>
   <si>
     <t>59.01</t>
   </si>
   <si>
-    <t>Maxim Chechnev</t>
+    <t>Максим Чечнев</t>
   </si>
   <si>
     <t>1:10.37</t>
   </si>
   <si>
     <t>1:01.56</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>1:05.48</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>1:15.41</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
+    <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>1:48.61</t>
   </si>
   <si>
     <t>1:21.14</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>6:28.26</t>
   </si>
   <si>
     <t>1:26.86</t>
   </si>
   <si>
-    <t>Darya Vladimirova</t>
+    <t>Дарья Владимирова</t>
   </si>
   <si>
     <t>1:28.40</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>2:27.62</t>
   </si>
   <si>
     <t>1:37.37</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>1:46.29</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>2:25.57</t>
   </si>
   <si>
     <t>1:48.72</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:49.90</t>
   </si>
   <si>
-    <t>Denis Grigoriev</t>
+    <t>Денис Григорьев</t>
   </si>
   <si>
     <t>1:53.12</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>3:34.48</t>
   </si>
   <si>
     <t>2:02.17</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>2:12.82</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>2:20.16</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>2:25.37</t>
   </si>
   <si>
-    <t>Artem Kulikov</t>
+    <t>Артём Куликов</t>
   </si>
   <si>
     <t>2:30.10</t>
   </si>
   <si>
-    <t>Darya Belonogova</t>
+    <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>3:51.04</t>
   </si>
   <si>
     <t>2:33.31</t>
   </si>
   <si>
-    <t>Ivan Milyi</t>
+    <t>Иван Милый</t>
   </si>
   <si>
     <t>2:35.92</t>
   </si>
   <si>
-    <t>Maksim Temnyshov</t>
+    <t>Максим Темнышов</t>
   </si>
   <si>
     <t>2:57.63</t>
   </si>
   <si>
-    <t>Lev Bruskov</t>
+    <t>Лев Брусков</t>
   </si>
   <si>
     <t>3:13.93</t>
   </si>
   <si>
-    <t>Nikolay Kataev</t>
+    <t>Николай Катаев</t>
   </si>
   <si>
     <t>6:31.41</t>
   </si>
   <si>
     <t>4:12.62</t>
   </si>
   <si>
-    <t>Dmitry Vasilyev</t>
+    <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>4:41.79</t>
   </si>
   <si>
-    <t>Artem Sosnovskikh</t>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>5:29.51</t>
   </si>
   <si>
-    <t>Anna Duganova</t>
+    <t>Анна Дуганова</t>
   </si>
   <si>
     <t>5:40.32</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
-[...29 lines deleted...]
-    <t>Fyodor Romanov</t>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>Алексей Батуев</t>
+  </si>
+  <si>
+    <t>Владимир Щеглов</t>
+  </si>
+  <si>
+    <t>Владислав Кравченко</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>Евгений Терентьев</t>
+  </si>
+  <si>
+    <t>Иван Стрешинский</t>
+  </si>
+  <si>
+    <t>Каил Нурмурадов</t>
+  </si>
+  <si>
+    <t>Ростислав Вотинцев</t>
+  </si>
+  <si>
+    <t>Степан Мельников</t>
+  </si>
+  <si>
+    <t>Фёдор Романов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>