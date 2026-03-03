--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -32,219 +32,219 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>21.69</t>
   </si>
   <si>
-    <t>19.34</t>
+    <t>16.34</t>
+  </si>
+  <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>37.43</t>
+  </si>
+  <si>
+    <t>25.98</t>
   </si>
   <si>
     <t>Павел Мишин</t>
   </si>
   <si>
     <t>37.26</t>
   </si>
   <si>
     <t>29.21</t>
   </si>
   <si>
-    <t>Полина Лаптева</t>
-[...7 lines deleted...]
-  <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
-    <t>1:57.94</t>
+    <t>2:35.11</t>
   </si>
   <si>
     <t>59.01</t>
   </si>
   <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>1:05.48</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>1:05.61</t>
+  </si>
+  <si>
     <t>Максим Чечнев</t>
   </si>
   <si>
-    <t>1:10.37</t>
-[...8 lines deleted...]
-    <t>1:05.48</t>
+    <t>1:31.07</t>
+  </si>
+  <si>
+    <t>1:10.73</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>1:15.41</t>
   </si>
   <si>
     <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>1:48.61</t>
   </si>
   <si>
     <t>1:21.14</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>6:28.26</t>
-[...1 lines deleted...]
-  <si>
     <t>1:26.86</t>
   </si>
   <si>
     <t>Дарья Владимирова</t>
   </si>
   <si>
     <t>1:28.40</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>2:27.62</t>
   </si>
   <si>
     <t>1:37.37</t>
   </si>
   <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>2:18.32</t>
+  </si>
+  <si>
+    <t>1:43.18</t>
+  </si>
+  <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>1:46.29</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>2:25.57</t>
   </si>
   <si>
     <t>1:48.72</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
-[...4 lines deleted...]
-  <si>
     <t>Денис Григорьев</t>
   </si>
   <si>
     <t>1:53.12</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>3:34.48</t>
   </si>
   <si>
     <t>2:02.17</t>
   </si>
   <si>
+    <t>Артём Куликов</t>
+  </si>
+  <si>
+    <t>2:30.10</t>
+  </si>
+  <si>
+    <t>Дарья Белоногова</t>
+  </si>
+  <si>
+    <t>3:51.04</t>
+  </si>
+  <si>
+    <t>2:33.31</t>
+  </si>
+  <si>
+    <t>Иван Милый</t>
+  </si>
+  <si>
+    <t>2:35.92</t>
+  </si>
+  <si>
     <t>Александр Катюков</t>
   </si>
   <si>
-    <t>2:12.82</t>
+    <t>2:36.76</t>
+  </si>
+  <si>
+    <t>Максим Темнышов</t>
+  </si>
+  <si>
+    <t>2:57.63</t>
+  </si>
+  <si>
+    <t>Лев Брусков</t>
+  </si>
+  <si>
+    <t>3:13.93</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
-    <t>2:20.16</t>
-[...38 lines deleted...]
-    <t>3:13.93</t>
+    <t>4:07.17</t>
   </si>
   <si>
     <t>Николай Катаев</t>
   </si>
   <si>
     <t>6:31.41</t>
   </si>
   <si>
     <t>4:12.62</t>
   </si>
   <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>4:41.79</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>5:29.51</t>
   </si>
   <si>
     <t>Анна Дуганова</t>
   </si>
@@ -710,248 +710,248 @@
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>22</v>
+      </c>
+      <c r="D8" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D9" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>30</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="C13" s="1" t="s">
-        <v>35</v>
+      <c r="D13" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>35</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>38</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>42</v>
+      </c>
+      <c r="D16" t="s">
+        <v>41</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>43</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D17" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>47</v>
+      </c>
+      <c r="D18" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>48</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>50</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D20" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>57</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>59</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="25" spans="1:4">