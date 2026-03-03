--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -80,50 +80,53 @@
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>31.67</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Максим Чечнев</t>
   </si>
   <si>
     <t>33.00</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
+    <t>30</t>
+  </si>
+  <si>
     <t>Владимир Филин</t>
   </si>
   <si>
     <t>33.67</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>35.33</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>37.00</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>37.67</t>
@@ -140,50 +143,53 @@
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>38.67</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>40.67</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>41.33</t>
   </si>
   <si>
+    <t>37</t>
+  </si>
+  <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>43.33</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>44.00</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Анна Дуганова</t>
@@ -197,138 +203,132 @@
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>47.00</t>
   </si>
   <si>
     <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>49.33</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>54.67</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>65.00</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>Артём Сосновских</t>
+  </si>
+  <si>
+    <t>Михаил Игнатьев</t>
+  </si>
+  <si>
+    <t>Андрей Кошелев</t>
+  </si>
+  <si>
+    <t>Николай Катаев</t>
+  </si>
+  <si>
+    <t>Иван Стрешинский</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Артур Хамзин</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>Дарья Владимирова</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>Макар Тихонов</t>
+  </si>
+  <si>
+    <t>Афанасий Иванов</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>Владислав Затолокин</t>
+  </si>
+  <si>
+    <t>Степан Мельников</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>Богдан Кашин</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>Алексей Батуев</t>
+  </si>
+  <si>
+    <t>Владимир Щеглов</t>
+  </si>
+  <si>
+    <t>Денис Синюшкин</t>
+  </si>
+  <si>
+    <t>Евгений Терентьев</t>
+  </si>
+  <si>
+    <t>Каил Нурмурадов</t>
+  </si>
+  <si>
     <t>Лев Брусков</t>
-  </si>
-[...85 lines deleted...]
-    <t>Каил Нурмурадов</t>
   </si>
   <si>
     <t>Фёдор Романов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -768,446 +768,438 @@
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>44</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D22" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D23" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D24" t="s">
-        <v>31</v>
+        <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="C25" s="1"/>
       <c r="D25" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" t="s">
-        <v>68</v>
+        <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>69</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>70</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>71</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B33" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>81</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" t="s">
-        <v>65</v>
+        <v>82</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="38" spans="1:4">
-      <c r="A38">
-[...1 lines deleted...]
-      </c>
       <c r="B38" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C38" s="1"/>
-      <c r="D38" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="39" spans="1:4">
       <c r="B39" t="s">
         <v>86</v>
       </c>
       <c r="C39" s="1"/>
     </row>
     <row r="40" spans="1:4">
       <c r="B40" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="1"/>
     </row>
     <row r="41" spans="1:4">
       <c r="B41" t="s">
         <v>88</v>
       </c>
       <c r="C41" s="1"/>
     </row>
     <row r="42" spans="1:4">
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="1"/>
     </row>