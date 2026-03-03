--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -12,344 +12,344 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="211">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
+    <t>Arsenii Borovkov</t>
+  </si>
+  <si>
+    <t>10.83</t>
+  </si>
+  <si>
+    <t>8.76</t>
+  </si>
+  <si>
+    <t>Artem Sosnovskikh</t>
+  </si>
+  <si>
+    <t>11.58</t>
+  </si>
+  <si>
+    <t>10.07</t>
+  </si>
+  <si>
     <t>Anatolii Turenko</t>
   </si>
   <si>
-    <t>10.75</t>
+    <t>11.70</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
-[...16 lines deleted...]
-  <si>
     <t>Oleg Kremlyov</t>
   </si>
   <si>
     <t>12.25</t>
   </si>
   <si>
     <t>9.52</t>
   </si>
   <si>
     <t>Nikita Popkov</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
-    <t>9.14</t>
+    <t>10.35</t>
   </si>
   <si>
     <t>Lev Bruskov</t>
   </si>
   <si>
     <t>14.15</t>
   </si>
   <si>
     <t>12.32</t>
   </si>
   <si>
     <t>Lev Maslov</t>
   </si>
   <si>
     <t>14.42</t>
   </si>
   <si>
     <t>10.25</t>
   </si>
   <si>
     <t>Artem Kulikov</t>
   </si>
   <si>
     <t>15.01</t>
   </si>
   <si>
     <t>11.21</t>
   </si>
   <si>
+    <t>Vladimir Filin</t>
+  </si>
+  <si>
+    <t>15.46</t>
+  </si>
+  <si>
+    <t>12.39</t>
+  </si>
+  <si>
     <t>Dmitry Vasilyev</t>
   </si>
   <si>
     <t>15.71</t>
   </si>
   <si>
     <t>12.68</t>
   </si>
   <si>
     <t>Arsenii Pavlov</t>
   </si>
   <si>
     <t>15.87</t>
   </si>
   <si>
     <t>11.92</t>
   </si>
   <si>
     <t>Gleb Pyasetskiy</t>
   </si>
   <si>
     <t>15.89</t>
   </si>
   <si>
     <t>11.99</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
-[...7 lines deleted...]
-  <si>
     <t>Erik Shakirov</t>
   </si>
   <si>
     <t>16.28</t>
   </si>
   <si>
-    <t>14.52</t>
+    <t>15.16</t>
   </si>
   <si>
     <t>Nikolay Vasilyev</t>
   </si>
   <si>
     <t>16.38</t>
   </si>
   <si>
     <t>12.83</t>
   </si>
   <si>
     <t>Philipp Radinskiy</t>
   </si>
   <si>
     <t>16.46</t>
   </si>
   <si>
     <t>12.50</t>
   </si>
   <si>
     <t>Maksim Temnyshov</t>
   </si>
   <si>
     <t>16.71</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
     <t>Ekaterina Kaneva</t>
   </si>
   <si>
     <t>17.05</t>
   </si>
   <si>
     <t>11.53</t>
   </si>
   <si>
     <t>Polina Lapteva</t>
   </si>
   <si>
     <t>17.59</t>
   </si>
   <si>
     <t>13.22</t>
   </si>
   <si>
+    <t>Denis Grigoriev</t>
+  </si>
+  <si>
+    <t>18.33</t>
+  </si>
+  <si>
+    <t>15.54</t>
+  </si>
+  <si>
+    <t>Dmitriy Tupis</t>
+  </si>
+  <si>
+    <t>19.28</t>
+  </si>
+  <si>
+    <t>16.14</t>
+  </si>
+  <si>
+    <t>Makar Tihonov</t>
+  </si>
+  <si>
+    <t>19.35</t>
+  </si>
+  <si>
+    <t>14.95</t>
+  </si>
+  <si>
+    <t>Stepan Melnikov</t>
+  </si>
+  <si>
+    <t>19.37</t>
+  </si>
+  <si>
+    <t>16.82</t>
+  </si>
+  <si>
+    <t>Anastasiya Maykova</t>
+  </si>
+  <si>
+    <t>19.48</t>
+  </si>
+  <si>
+    <t>15.63</t>
+  </si>
+  <si>
+    <t>Oleg Demchuk</t>
+  </si>
+  <si>
+    <t>19.84</t>
+  </si>
+  <si>
+    <t>16.60</t>
+  </si>
+  <si>
     <t>Pavel Mesyatsev</t>
   </si>
   <si>
-    <t>17.93</t>
-[...56 lines deleted...]
-    <t>16.92</t>
+    <t>19.96</t>
+  </si>
+  <si>
+    <t>15.08</t>
+  </si>
+  <si>
+    <t>Anna Duganova</t>
+  </si>
+  <si>
+    <t>20.57</t>
+  </si>
+  <si>
+    <t>18.85</t>
   </si>
   <si>
     <t>Nikolay Kataev</t>
   </si>
   <si>
     <t>20.58</t>
   </si>
   <si>
     <t>16.54</t>
   </si>
   <si>
     <t>Artur Chechekhin</t>
   </si>
   <si>
     <t>20.83</t>
   </si>
   <si>
+    <t>Artur Khamzin</t>
+  </si>
+  <si>
+    <t>21.73</t>
+  </si>
+  <si>
+    <t>17.28</t>
+  </si>
+  <si>
     <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
-    <t>Artur Khamzin</t>
-[...7 lines deleted...]
-  <si>
     <t>Artem Svoykin</t>
   </si>
   <si>
     <t>22.21</t>
   </si>
   <si>
     <t>19.12</t>
   </si>
   <si>
-    <t>Anna Duganova</t>
-[...7 lines deleted...]
-  <si>
     <t>Aleksandr Kropotov</t>
   </si>
   <si>
-    <t>23.15</t>
+    <t>22.39</t>
   </si>
   <si>
     <t>14.55</t>
   </si>
   <si>
     <t>Ivan Milyi</t>
   </si>
   <si>
     <t>23.69</t>
   </si>
   <si>
     <t>Mikhail Ignatʹyev</t>
   </si>
   <si>
     <t>23.80</t>
   </si>
   <si>
     <t>19.24</t>
   </si>
   <si>
     <t>Andrey Kohhelev</t>
   </si>
   <si>
     <t>24.28</t>
   </si>
@@ -362,327 +362,324 @@
   <si>
     <t>24.37</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
     <t>Karina Shamova</t>
   </si>
   <si>
     <t>24.48</t>
   </si>
   <si>
     <t>19.20</t>
   </si>
   <si>
     <t>Ivan Streshinskiy</t>
   </si>
   <si>
     <t>24.61</t>
   </si>
   <si>
     <t>21.17</t>
   </si>
   <si>
+    <t>Denis Sinyushkin</t>
+  </si>
+  <si>
+    <t>25.26</t>
+  </si>
+  <si>
+    <t>18.82</t>
+  </si>
+  <si>
     <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>27.73</t>
   </si>
   <si>
     <t>22.31</t>
   </si>
   <si>
     <t>Vladislav Botvinko</t>
   </si>
   <si>
     <t>27.84</t>
   </si>
   <si>
     <t>23.11</t>
   </si>
   <si>
     <t>Nikita Malyshkin</t>
   </si>
   <si>
     <t>24.71</t>
   </si>
   <si>
     <t>Anton Berezhnov</t>
   </si>
   <si>
     <t>28.64</t>
   </si>
   <si>
     <t>23.62</t>
   </si>
   <si>
+    <t>Darya Vladimirova</t>
+  </si>
+  <si>
+    <t>29.79</t>
+  </si>
+  <si>
+    <t>24.42</t>
+  </si>
+  <si>
+    <t>Afanasy Ivanov</t>
+  </si>
+  <si>
+    <t>30.15</t>
+  </si>
+  <si>
+    <t>Pavel Mishin</t>
+  </si>
+  <si>
+    <t>31.71</t>
+  </si>
+  <si>
+    <t>25.76</t>
+  </si>
+  <si>
+    <t>Alexander Katyukov</t>
+  </si>
+  <si>
+    <t>32.01</t>
+  </si>
+  <si>
+    <t>28.23</t>
+  </si>
+  <si>
+    <t>Vladislav Zatolokin</t>
+  </si>
+  <si>
+    <t>32.19</t>
+  </si>
+  <si>
+    <t>23.08</t>
+  </si>
+  <si>
+    <t>Daria Eliseeva</t>
+  </si>
+  <si>
+    <t>32.58</t>
+  </si>
+  <si>
+    <t>23.85</t>
+  </si>
+  <si>
+    <t>Arseniy Kislitsyn</t>
+  </si>
+  <si>
+    <t>33.25</t>
+  </si>
+  <si>
+    <t>21.99</t>
+  </si>
+  <si>
+    <t>Fyodor Romanov</t>
+  </si>
+  <si>
+    <t>33.65</t>
+  </si>
+  <si>
+    <t>26.67</t>
+  </si>
+  <si>
+    <t>Bogdan Kashin</t>
+  </si>
+  <si>
+    <t>35.85</t>
+  </si>
+  <si>
+    <t>21.33</t>
+  </si>
+  <si>
+    <t>Timofey Antonov</t>
+  </si>
+  <si>
+    <t>37.59</t>
+  </si>
+  <si>
+    <t>28.37</t>
+  </si>
+  <si>
+    <t>Ilya Zibarev</t>
+  </si>
+  <si>
+    <t>39.59</t>
+  </si>
+  <si>
+    <t>31.33</t>
+  </si>
+  <si>
+    <t>Vladislav Kravchenko</t>
+  </si>
+  <si>
+    <t>39.90</t>
+  </si>
+  <si>
+    <t>32.22</t>
+  </si>
+  <si>
+    <t>Aleksey Batuyev</t>
+  </si>
+  <si>
+    <t>40.29</t>
+  </si>
+  <si>
+    <t>36.46</t>
+  </si>
+  <si>
+    <t>Vladimir Gridnev</t>
+  </si>
+  <si>
+    <t>40.62</t>
+  </si>
+  <si>
+    <t>36.10</t>
+  </si>
+  <si>
+    <t>Rostislav Votinsev</t>
+  </si>
+  <si>
+    <t>43.21</t>
+  </si>
+  <si>
+    <t>30.38</t>
+  </si>
+  <si>
+    <t>Gabriella Ivakhnitskaya</t>
+  </si>
+  <si>
+    <t>43.66</t>
+  </si>
+  <si>
+    <t>35.84</t>
+  </si>
+  <si>
+    <t>Mihail Mochalov</t>
+  </si>
+  <si>
+    <t>44.69</t>
+  </si>
+  <si>
+    <t>25.50</t>
+  </si>
+  <si>
+    <t>Vladimir Shcheglov</t>
+  </si>
+  <si>
+    <t>49.49</t>
+  </si>
+  <si>
+    <t>29.70</t>
+  </si>
+  <si>
+    <t>Timofej Cyganov</t>
+  </si>
+  <si>
+    <t>52.02</t>
+  </si>
+  <si>
+    <t>34.52</t>
+  </si>
+  <si>
+    <t>Olga Yasakova</t>
+  </si>
+  <si>
+    <t>54.43</t>
+  </si>
+  <si>
+    <t>49.21</t>
+  </si>
+  <si>
+    <t>Egor Melkozerov</t>
+  </si>
+  <si>
+    <t>1:00.70</t>
+  </si>
+  <si>
+    <t>41.90</t>
+  </si>
+  <si>
+    <t>Ivan Boltrukevich</t>
+  </si>
+  <si>
+    <t>2:15.43</t>
+  </si>
+  <si>
+    <t>55.16</t>
+  </si>
+  <si>
+    <t>Semyon Artemov</t>
+  </si>
+  <si>
+    <t>55.76</t>
+  </si>
+  <si>
+    <t>Mikhail Miniaev</t>
+  </si>
+  <si>
+    <t>1:02.22</t>
+  </si>
+  <si>
+    <t>Rinat Zokirov</t>
+  </si>
+  <si>
+    <t>1:05.62</t>
+  </si>
+  <si>
+    <t>Evgeny Terentyev</t>
+  </si>
+  <si>
+    <t>1:14.27</t>
+  </si>
+  <si>
+    <t>Svyatoslav Barabanov</t>
+  </si>
+  <si>
+    <t>1:49.47</t>
+  </si>
+  <si>
+    <t>Amir Galiullin</t>
+  </si>
+  <si>
+    <t>5:09.92</t>
+  </si>
+  <si>
     <t>Elizaveta Mironova</t>
-  </si>
-[...241 lines deleted...]
-    <t>5:09.92</t>
   </si>
   <si>
     <t>Kail Nurmuradov</t>
   </si>
   <si>
     <t>Said Galiullin</t>
   </si>
   <si>
     <t>Julia Kozlova</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1408,65 +1405,65 @@
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>79</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D27" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>82</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D28" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D29" t="s">
-        <v>86</v>
+        <v>35</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>87</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D30" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>90</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>91</v>
@@ -1492,51 +1489,51 @@
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>96</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D33" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>99</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>100</v>
       </c>
       <c r="D34" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>101</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>102</v>
       </c>
       <c r="D35" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>104</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>105</v>
@@ -1601,110 +1598,110 @@
         <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>119</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D41" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>122</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="D42" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="D43" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>127</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>128</v>
       </c>
       <c r="D44" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>130</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D45" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>133</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D46" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>135</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D47" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>138</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>139</v>
@@ -1898,105 +1895,103 @@
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>180</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D62" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>183</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D63" t="s">
-        <v>155</v>
+        <v>185</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D64" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D65" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D66" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="C67" s="1" t="s">
         <v>195</v>
       </c>
+      <c r="C67" s="1"/>
       <c r="D67" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>197</v>
       </c>
       <c r="C68" s="1"/>
       <c r="D68" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>199</v>
       </c>
       <c r="C69" s="1"/>
       <c r="D69" t="s">
@@ -2018,76 +2013,70 @@
     <row r="71" spans="1:4">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
         <v>203</v>
       </c>
       <c r="C71" s="1"/>
       <c r="D71" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>205</v>
       </c>
       <c r="C72" s="1"/>
       <c r="D72" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="73" spans="1:4">
-      <c r="A73">
-[...1 lines deleted...]
-      </c>
       <c r="B73" t="s">
         <v>207</v>
       </c>
       <c r="C73" s="1"/>
-      <c r="D73" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="74" spans="1:4">
       <c r="B74" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C74" s="1"/>
     </row>
     <row r="75" spans="1:4">
       <c r="B75" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C75" s="1"/>
     </row>
     <row r="76" spans="1:4">
       <c r="B76" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C76" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>