--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,534 +17,534 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Artem Sosnovskikh</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>52.89</t>
   </si>
   <si>
     <t>47.22</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
-[...8 lines deleted...]
-    <t>Dmitry Vasilyev</t>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>54.02</t>
+  </si>
+  <si>
+    <t>46.09</t>
+  </si>
+  <si>
+    <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>55.24</t>
   </si>
   <si>
     <t>50.34</t>
   </si>
   <si>
-    <t>Darya Belonogova</t>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>1:00.78</t>
+  </si>
+  <si>
+    <t>59.22</t>
+  </si>
+  <si>
+    <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>1:03.83</t>
   </si>
   <si>
     <t>55.86</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:05.50</t>
   </si>
   <si>
     <t>59.74</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
-[...8 lines deleted...]
-    <t>Pavel Mesyatsev</t>
+    <t>Павел Месяцев</t>
   </si>
   <si>
     <t>1:07.89</t>
   </si>
   <si>
     <t>1:04.39</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
-[...2 lines deleted...]
-    <t>1:10.27</t>
+    <t>Арсений Павлов</t>
+  </si>
+  <si>
+    <t>1:09.06</t>
   </si>
   <si>
     <t>1:02.16</t>
   </si>
   <si>
-    <t>Artur Chechekhin</t>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>1:09.32</t>
+  </si>
+  <si>
+    <t>1:00.05</t>
+  </si>
+  <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>1:09.66</t>
+  </si>
+  <si>
+    <t>1:05.86</t>
+  </si>
+  <si>
+    <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>1:10.84</t>
   </si>
   <si>
     <t>1:03.37</t>
   </si>
   <si>
-    <t>Nikolay Kataev</t>
+    <t>Николай Катаев</t>
   </si>
   <si>
     <t>1:11.36</t>
   </si>
   <si>
     <t>1:07.13</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
-[...8 lines deleted...]
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>1:12.60</t>
   </si>
   <si>
     <t>1:07.88</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>1:18.31</t>
   </si>
   <si>
     <t>1:08.33</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
-[...8 lines deleted...]
-    <t>Denis Grigoriev</t>
+    <t>Денис Григорьев</t>
   </si>
   <si>
     <t>1:19.55</t>
   </si>
   <si>
     <t>1:10.58</t>
   </si>
   <si>
-    <t>Anna Duganova</t>
+    <t>Анна Дуганова</t>
   </si>
   <si>
     <t>1:20.67</t>
   </si>
   <si>
     <t>1:15.81</t>
   </si>
   <si>
-    <t>Oleg Kremlyov</t>
+    <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>1:20.84</t>
   </si>
   <si>
     <t>1:12.24</t>
   </si>
   <si>
-    <t>Erik Shakirov</t>
+    <t>Эрик Шакиров</t>
   </si>
   <si>
     <t>1:21.45</t>
   </si>
   <si>
     <t>1:13.60</t>
   </si>
   <si>
-    <t>Artem Kulikov</t>
+    <t>Артём Куликов</t>
   </si>
   <si>
     <t>1:22.60</t>
   </si>
   <si>
     <t>1:17.42</t>
   </si>
   <si>
-    <t>Lev Bruskov</t>
+    <t>Лев Брусков</t>
   </si>
   <si>
     <t>1:23.19</t>
   </si>
   <si>
     <t>1:08.82</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>1:24.08</t>
   </si>
   <si>
     <t>1:18.02</t>
   </si>
   <si>
-    <t>Artem Svoykin</t>
+    <t>Артем Свойкин</t>
   </si>
   <si>
     <t>1:25.31</t>
   </si>
   <si>
     <t>1:14.25</t>
   </si>
   <si>
-    <t>Karina Shamova</t>
+    <t>Карина Шамова</t>
   </si>
   <si>
     <t>1:26.18</t>
   </si>
   <si>
     <t>1:20.71</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>1:30.99</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
-[...2 lines deleted...]
-    <t>1:33.52</t>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>1:32.71</t>
   </si>
   <si>
     <t>1:24.75</t>
   </si>
   <si>
-    <t>Oleg Demchuk</t>
+    <t>Олег Демчук</t>
   </si>
   <si>
     <t>1:33.75</t>
   </si>
   <si>
     <t>1:29.75</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:34.57</t>
   </si>
   <si>
     <t>1:24.90</t>
   </si>
   <si>
-    <t>Andrey Kohhelev</t>
+    <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>1:36.48</t>
   </si>
   <si>
     <t>1:26.93</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
+    <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>1:36.89</t>
   </si>
   <si>
     <t>1:20.68</t>
   </si>
   <si>
-    <t>Ivan Milyi</t>
+    <t>Иван Милый</t>
   </si>
   <si>
     <t>1:42.83</t>
   </si>
   <si>
     <t>1:23.34</t>
   </si>
   <si>
-    <t>Artur Khamzin</t>
+    <t>Артур Хамзин</t>
   </si>
   <si>
     <t>1:43.73</t>
   </si>
   <si>
     <t>1:30.49</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>1:45.42</t>
   </si>
   <si>
     <t>1:35.79</t>
   </si>
   <si>
-    <t>Anton Berezhnov</t>
+    <t>Антон Бережнов</t>
   </si>
   <si>
     <t>1:45.47</t>
   </si>
   <si>
     <t>1:32.82</t>
   </si>
   <si>
-    <t>Ivan Streshinskiy</t>
+    <t>Иван Стрешинский</t>
   </si>
   <si>
     <t>1:45.77</t>
   </si>
   <si>
     <t>1:22.26</t>
   </si>
   <si>
-    <t>Vladislav Zatolokin</t>
+    <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>1:47.04</t>
   </si>
   <si>
-    <t>1:39.44</t>
-[...2 lines deleted...]
-    <t>Vladimir Filin</t>
+    <t>1:37.99</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>1:47.71</t>
   </si>
   <si>
     <t>1:37.18</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>1:52.99</t>
   </si>
   <si>
     <t>1:43.38</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>1:55.84</t>
   </si>
   <si>
     <t>1:40.76</t>
   </si>
   <si>
-    <t>Makar Tihonov</t>
+    <t>Макар Тихонов</t>
   </si>
   <si>
     <t>2:02.17</t>
   </si>
   <si>
     <t>2:00.41</t>
   </si>
   <si>
-    <t>Vladimir Shcheglov</t>
+    <t>Владимир Щеглов</t>
   </si>
   <si>
     <t>2:10.22</t>
   </si>
   <si>
     <t>2:03.70</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>2:11.42</t>
   </si>
   <si>
     <t>1:53.17</t>
   </si>
   <si>
-    <t>Arseniy Kislitsyn</t>
+    <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>2:22.28</t>
   </si>
   <si>
     <t>2:00.86</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>2:33.39</t>
   </si>
   <si>
     <t>2:02.92</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>2:25.48</t>
   </si>
   <si>
-    <t>Mikhail Miniaev</t>
+    <t>Михаил Миняев</t>
   </si>
   <si>
     <t>2:33.88</t>
   </si>
   <si>
-    <t>Timofey Antonov</t>
+    <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>2:34.95</t>
   </si>
   <si>
-    <t>Nikita Malyshkin</t>
+    <t>Никита Малышкин</t>
   </si>
   <si>
     <t>2:37.82</t>
   </si>
   <si>
-    <t>Stepan Melnikov</t>
+    <t>Степан Мельников</t>
   </si>
   <si>
     <t>2:39.17</t>
   </si>
   <si>
-    <t>Vladimir Gridnev</t>
+    <t>Владимир Гриднев</t>
   </si>
   <si>
     <t>2:53.88</t>
   </si>
   <si>
-    <t>Andrey Kupriyanov</t>
+    <t>Андрей Куприянов</t>
   </si>
   <si>
     <t>2:59.20</t>
   </si>
   <si>
-    <t>Evgeny Terentyev</t>
+    <t>Евгений Терентьев</t>
   </si>
   <si>
     <t>3:31.96</t>
   </si>
   <si>
-    <t>Aleksandr Shalaev</t>
-[...29 lines deleted...]
-    <t>Fyodor Romanov</t>
+    <t>Александр Шалаев</t>
+  </si>
+  <si>
+    <t>Алексей Батуев</t>
+  </si>
+  <si>
+    <t>Амир Галиуллин</t>
+  </si>
+  <si>
+    <t>Владислав Кравченко</t>
+  </si>
+  <si>
+    <t>Денис Синюшкин</t>
+  </si>
+  <si>
+    <t>Елизавета Миронова</t>
+  </si>
+  <si>
+    <t>Иван Болтрукевич</t>
+  </si>
+  <si>
+    <t>Илья Федоров</t>
+  </si>
+  <si>
+    <t>Михаил Мочалов</t>
+  </si>
+  <si>
+    <t>Саид Галиуллин</t>
+  </si>
+  <si>
+    <t>Фёдор Романов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>