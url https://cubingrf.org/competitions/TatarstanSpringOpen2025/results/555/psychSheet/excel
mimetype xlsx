--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -17,534 +17,534 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Артём Сосновских</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Anatolii Turenko</t>
+  </si>
+  <si>
+    <t>52.82</t>
+  </si>
+  <si>
+    <t>46.09</t>
+  </si>
+  <si>
+    <t>Artem Sosnovskikh</t>
   </si>
   <si>
     <t>52.89</t>
   </si>
   <si>
     <t>47.22</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
-[...8 lines deleted...]
-    <t>Дмитрий Васильев</t>
+    <t>Dmitry Vasilyev</t>
   </si>
   <si>
     <t>55.24</t>
   </si>
   <si>
     <t>50.34</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
+    <t>Darya Belonogova</t>
+  </si>
+  <si>
+    <t>1:00.51</t>
+  </si>
+  <si>
+    <t>55.86</t>
+  </si>
+  <si>
+    <t>Ekaterina Kaneva</t>
   </si>
   <si>
     <t>1:00.78</t>
   </si>
   <si>
-    <t>59.22</t>
-[...11 lines deleted...]
-    <t>Лев Маслов</t>
+    <t>58.17</t>
+  </si>
+  <si>
+    <t>Lev Maslov</t>
   </si>
   <si>
     <t>1:05.50</t>
   </si>
   <si>
     <t>59.74</t>
   </si>
   <si>
-    <t>Павел Месяцев</t>
-[...17 lines deleted...]
-    <t>Полина Лаптева</t>
+    <t>Arsenii Pavlov</t>
+  </si>
+  <si>
+    <t>1:07.50</t>
+  </si>
+  <si>
+    <t>1:00.94</t>
+  </si>
+  <si>
+    <t>Nikolay Kataev</t>
+  </si>
+  <si>
+    <t>1:08.27</t>
+  </si>
+  <si>
+    <t>1:02.00</t>
+  </si>
+  <si>
+    <t>Polina Lapteva</t>
   </si>
   <si>
     <t>1:09.32</t>
   </si>
   <si>
-    <t>1:00.05</t>
-[...2 lines deleted...]
-    <t>Александр Кропотов</t>
+    <t>57.96</t>
+  </si>
+  <si>
+    <t>Aleksandr Kropotov</t>
   </si>
   <si>
     <t>1:09.66</t>
   </si>
   <si>
     <t>1:05.86</t>
   </si>
   <si>
-    <t>Артур Чечёхин</t>
+    <t>Nikolay Vasilyev</t>
+  </si>
+  <si>
+    <t>1:10.43</t>
+  </si>
+  <si>
+    <t>1:07.88</t>
+  </si>
+  <si>
+    <t>Artur Chechekhin</t>
   </si>
   <si>
     <t>1:10.84</t>
   </si>
   <si>
     <t>1:03.37</t>
   </si>
   <si>
-    <t>Николай Катаев</t>
-[...20 lines deleted...]
-    <t>1:18.31</t>
+    <t>Pavel Mesyatsev</t>
+  </si>
+  <si>
+    <t>1:14.08</t>
+  </si>
+  <si>
+    <t>1:08.15</t>
+  </si>
+  <si>
+    <t>Dmitriy Tupis</t>
+  </si>
+  <si>
+    <t>1:16.42</t>
   </si>
   <si>
     <t>1:08.33</t>
   </si>
   <si>
-    <t>Денис Григорьев</t>
+    <t>Denis Grigoriev</t>
   </si>
   <si>
     <t>1:19.55</t>
   </si>
   <si>
     <t>1:10.58</t>
   </si>
   <si>
-    <t>Анна Дуганова</t>
+    <t>Anna Duganova</t>
   </si>
   <si>
     <t>1:20.67</t>
   </si>
   <si>
     <t>1:15.81</t>
   </si>
   <si>
-    <t>Олег Кремлёв</t>
+    <t>Oleg Kremlyov</t>
   </si>
   <si>
     <t>1:20.84</t>
   </si>
   <si>
     <t>1:12.24</t>
   </si>
   <si>
-    <t>Эрик Шакиров</t>
+    <t>Erik Shakirov</t>
   </si>
   <si>
     <t>1:21.45</t>
   </si>
   <si>
     <t>1:13.60</t>
   </si>
   <si>
-    <t>Артём Куликов</t>
+    <t>Artem Kulikov</t>
   </si>
   <si>
     <t>1:22.60</t>
   </si>
   <si>
     <t>1:17.42</t>
   </si>
   <si>
-    <t>Лев Брусков</t>
+    <t>Lev Bruskov</t>
   </si>
   <si>
     <t>1:23.19</t>
   </si>
   <si>
     <t>1:08.82</t>
   </si>
   <si>
-    <t>Глеб Пясецкий</t>
+    <t>Gleb Pyasetskiy</t>
   </si>
   <si>
     <t>1:24.08</t>
   </si>
   <si>
     <t>1:18.02</t>
   </si>
   <si>
-    <t>Артем Свойкин</t>
+    <t>Artem Svoykin</t>
   </si>
   <si>
     <t>1:25.31</t>
   </si>
   <si>
     <t>1:14.25</t>
   </si>
   <si>
-    <t>Карина Шамова</t>
+    <t>Karina Shamova</t>
   </si>
   <si>
     <t>1:26.18</t>
   </si>
   <si>
     <t>1:20.71</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...2 lines deleted...]
-    <t>1:30.99</t>
+    <t>Andrey Kohhelev</t>
+  </si>
+  <si>
+    <t>1:28.86</t>
+  </si>
+  <si>
+    <t>1:20.53</t>
+  </si>
+  <si>
+    <t>Olga Yasakova</t>
+  </si>
+  <si>
+    <t>1:29.76</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
+    <t>Anastasiya Maykova</t>
   </si>
   <si>
     <t>1:32.71</t>
   </si>
   <si>
     <t>1:24.75</t>
   </si>
   <si>
-    <t>Олег Демчук</t>
+    <t>Vladimir Filin</t>
+  </si>
+  <si>
+    <t>1:32.98</t>
+  </si>
+  <si>
+    <t>1:25.03</t>
+  </si>
+  <si>
+    <t>Oleg Demchuk</t>
   </si>
   <si>
     <t>1:33.75</t>
   </si>
   <si>
     <t>1:29.75</t>
   </si>
   <si>
-    <t>Даниил Абдулов</t>
+    <t>Daniil Abdulov</t>
   </si>
   <si>
     <t>1:34.57</t>
   </si>
   <si>
     <t>1:24.90</t>
   </si>
   <si>
-    <t>Андрей Кошелев</t>
-[...8 lines deleted...]
-    <t>Михаил Игнатьев</t>
+    <t>Mikhail Ignatʹyev</t>
   </si>
   <si>
     <t>1:36.89</t>
   </si>
   <si>
     <t>1:20.68</t>
   </si>
   <si>
-    <t>Иван Милый</t>
+    <t>Artur Khamzin</t>
+  </si>
+  <si>
+    <t>1:37.56</t>
+  </si>
+  <si>
+    <t>1:30.49</t>
+  </si>
+  <si>
+    <t>Makar Tihonov</t>
+  </si>
+  <si>
+    <t>1:41.78</t>
+  </si>
+  <si>
+    <t>1:13.89</t>
+  </si>
+  <si>
+    <t>Ivan Milyi</t>
   </si>
   <si>
     <t>1:42.83</t>
   </si>
   <si>
     <t>1:23.34</t>
   </si>
   <si>
-    <t>Артур Хамзин</t>
-[...8 lines deleted...]
-    <t>Арсений Боровков</t>
+    <t>Arsenii Borovkov</t>
   </si>
   <si>
     <t>1:45.42</t>
   </si>
   <si>
     <t>1:35.79</t>
   </si>
   <si>
-    <t>Антон Бережнов</t>
+    <t>Anton Berezhnov</t>
   </si>
   <si>
     <t>1:45.47</t>
   </si>
   <si>
     <t>1:32.82</t>
   </si>
   <si>
-    <t>Иван Стрешинский</t>
+    <t>Ivan Streshinskiy</t>
   </si>
   <si>
     <t>1:45.77</t>
   </si>
   <si>
     <t>1:22.26</t>
   </si>
   <si>
-    <t>Владислав Затолокин</t>
+    <t>Vladislav Zatolokin</t>
   </si>
   <si>
     <t>1:47.04</t>
   </si>
   <si>
     <t>1:37.99</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
-[...8 lines deleted...]
-    <t>Филипп Радинский</t>
+    <t>Philipp Radinskiy</t>
   </si>
   <si>
     <t>1:52.99</t>
   </si>
   <si>
     <t>1:43.38</t>
   </si>
   <si>
-    <t>Матвей Тянутов</t>
+    <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>1:55.84</t>
   </si>
   <si>
     <t>1:40.76</t>
   </si>
   <si>
-    <t>Макар Тихонов</t>
-[...8 lines deleted...]
-    <t>Владимир Щеглов</t>
+    <t>Vladimir Shcheglov</t>
   </si>
   <si>
     <t>2:10.22</t>
   </si>
   <si>
     <t>2:03.70</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
-[...2 lines deleted...]
-    <t>2:11.42</t>
+    <t>Daria Eliseeva</t>
+  </si>
+  <si>
+    <t>2:11.72</t>
   </si>
   <si>
     <t>1:53.17</t>
   </si>
   <si>
-    <t>Арсений Кислицын</t>
+    <t>Arseniy Kislitsyn</t>
   </si>
   <si>
     <t>2:22.28</t>
   </si>
   <si>
     <t>2:00.86</t>
   </si>
   <si>
-    <t>Александр Катюков</t>
+    <t>Alexander Katyukov</t>
   </si>
   <si>
     <t>2:33.39</t>
   </si>
   <si>
     <t>2:02.92</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
+    <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>2:25.48</t>
   </si>
   <si>
-    <t>Михаил Миняев</t>
+    <t>Mikhail Miniaev</t>
   </si>
   <si>
     <t>2:33.88</t>
   </si>
   <si>
-    <t>Тимофей Антонов</t>
+    <t>Timofey Antonov</t>
   </si>
   <si>
     <t>2:34.95</t>
   </si>
   <si>
-    <t>Никита Малышкин</t>
+    <t>Nikita Malyshkin</t>
   </si>
   <si>
     <t>2:37.82</t>
   </si>
   <si>
-    <t>Степан Мельников</t>
+    <t>Stepan Melnikov</t>
   </si>
   <si>
     <t>2:39.17</t>
   </si>
   <si>
-    <t>Владимир Гриднев</t>
+    <t>Vladimir Gridnev</t>
   </si>
   <si>
     <t>2:53.88</t>
   </si>
   <si>
-    <t>Андрей Куприянов</t>
+    <t>Andrey Kupriyanov</t>
   </si>
   <si>
     <t>2:59.20</t>
   </si>
   <si>
-    <t>Евгений Терентьев</t>
+    <t>Evgeny Terentyev</t>
   </si>
   <si>
     <t>3:31.96</t>
   </si>
   <si>
-    <t>Александр Шалаев</t>
-[...29 lines deleted...]
-    <t>Фёдор Романов</t>
+    <t>Aleksandr Shalaev</t>
+  </si>
+  <si>
+    <t>Aleksey Batuyev</t>
+  </si>
+  <si>
+    <t>Amir Galiullin</t>
+  </si>
+  <si>
+    <t>Vladislav Kravchenko</t>
+  </si>
+  <si>
+    <t>Denis Sinyushkin</t>
+  </si>
+  <si>
+    <t>Elizaveta Mironova</t>
+  </si>
+  <si>
+    <t>Ivan Boltrukevich</t>
+  </si>
+  <si>
+    <t>Ilya Fedorov</t>
+  </si>
+  <si>
+    <t>Mihail Mochalov</t>
+  </si>
+  <si>
+    <t>Said Galiullin</t>
+  </si>
+  <si>
+    <t>Fyodor Romanov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>