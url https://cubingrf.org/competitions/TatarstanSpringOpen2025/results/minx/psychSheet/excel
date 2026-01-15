--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,540 +17,540 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Artem Sosnovskikh</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>31.71</t>
   </si>
   <si>
     <t>28.84</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>35.28</t>
   </si>
   <si>
-    <t>Dmitry Vasilyev</t>
+    <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>41.65</t>
   </si>
   <si>
     <t>35.69</t>
   </si>
   <si>
-    <t>Pavel Mesyatsev</t>
+    <t>Павел Месяцев</t>
   </si>
   <si>
     <t>41.80</t>
   </si>
   <si>
     <t>37.27</t>
   </si>
   <si>
-    <t>Darya Belonogova</t>
+    <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>42.29</t>
   </si>
   <si>
     <t>34.41</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>43.82</t>
   </si>
   <si>
     <t>38.67</t>
   </si>
   <si>
-    <t>Oleg Kremlyov</t>
+    <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>44.08</t>
   </si>
   <si>
     <t>36.96</t>
   </si>
   <si>
-    <t>Anna Duganova</t>
+    <t>Анна Дуганова</t>
   </si>
   <si>
     <t>45.10</t>
   </si>
   <si>
     <t>37.45</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>49.75</t>
   </si>
   <si>
     <t>48.20</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>50.42</t>
   </si>
   <si>
     <t>46.62</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>53.23</t>
   </si>
   <si>
     <t>49.08</t>
   </si>
   <si>
-    <t>Nikolay Kataev</t>
+    <t>Николай Катаев</t>
   </si>
   <si>
     <t>54.86</t>
   </si>
   <si>
     <t>47.59</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>56.73</t>
   </si>
   <si>
     <t>47.58</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>59.56</t>
   </si>
   <si>
     <t>54.60</t>
   </si>
   <si>
-    <t>Karina Shamova</t>
+    <t>Карина Шамова</t>
   </si>
   <si>
     <t>1:02.01</t>
   </si>
   <si>
     <t>59.79</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:04.53</t>
   </si>
   <si>
     <t>56.09</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:10.81</t>
   </si>
   <si>
     <t>57.50</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>1:11.14</t>
   </si>
   <si>
     <t>1:02.12</t>
   </si>
   <si>
-    <t>Artem Kulikov</t>
+    <t>Артём Куликов</t>
   </si>
   <si>
     <t>1:12.74</t>
   </si>
   <si>
     <t>1:04.79</t>
   </si>
   <si>
-    <t>Makar Tihonov</t>
+    <t>Макар Тихонов</t>
   </si>
   <si>
     <t>1:14.74</t>
   </si>
   <si>
     <t>1:08.40</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>1:20.89</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
-    <t>Lev Bruskov</t>
+    <t>Лев Брусков</t>
   </si>
   <si>
     <t>1:21.14</t>
   </si>
   <si>
     <t>1:09.18</t>
   </si>
   <si>
-    <t>Stepan Melnikov</t>
+    <t>Степан Мельников</t>
   </si>
   <si>
     <t>1:21.34</t>
   </si>
   <si>
     <t>1:18.60</t>
   </si>
   <si>
-    <t>Artur Chechekhin</t>
+    <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>1:28.39</t>
   </si>
   <si>
     <t>1:19.29</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>1:29.28</t>
   </si>
   <si>
     <t>1:21.40</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:30.09</t>
   </si>
   <si>
     <t>1:10.33</t>
   </si>
   <si>
-    <t>Ivan Milyi</t>
+    <t>Иван Милый</t>
   </si>
   <si>
     <t>1:30.52</t>
   </si>
   <si>
     <t>1:16.67</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
+    <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>1:30.74</t>
   </si>
   <si>
     <t>1:21.43</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>1:33.34</t>
   </si>
   <si>
     <t>1:21.48</t>
   </si>
   <si>
-    <t>Vladimir Shcheglov</t>
+    <t>Владимир Щеглов</t>
   </si>
   <si>
     <t>1:43.29</t>
   </si>
   <si>
     <t>1:27.25</t>
   </si>
   <si>
-    <t>Arseniy Kislitsyn</t>
+    <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>1:43.31</t>
   </si>
   <si>
     <t>1:33.92</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:43.39</t>
   </si>
   <si>
     <t>1:40.74</t>
   </si>
   <si>
-    <t>Nikita Malyshkin</t>
+    <t>Никита Малышкин</t>
   </si>
   <si>
     <t>1:44.44</t>
   </si>
   <si>
     <t>1:31.87</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>1:45.77</t>
   </si>
   <si>
     <t>1:32.62</t>
   </si>
   <si>
-    <t>Denis Grigoriev</t>
+    <t>Денис Григорьев</t>
   </si>
   <si>
     <t>1:46.03</t>
   </si>
   <si>
     <t>1:41.73</t>
   </si>
   <si>
-    <t>Artem Svoykin</t>
+    <t>Артем Свойкин</t>
   </si>
   <si>
     <t>2:02.42</t>
   </si>
   <si>
     <t>1:51.30</t>
   </si>
   <si>
-    <t>Artur Khamzin</t>
+    <t>Артур Хамзин</t>
   </si>
   <si>
     <t>2:05.84</t>
   </si>
   <si>
     <t>1:39.21</t>
   </si>
   <si>
-    <t>Mikhail Miniaev</t>
+    <t>Михаил Миняев</t>
   </si>
   <si>
     <t>2:14.82</t>
   </si>
   <si>
     <t>2:01.33</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>2:20.71</t>
   </si>
   <si>
     <t>2:04.02</t>
   </si>
   <si>
-    <t>Vladislav Zatolokin</t>
+    <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>2:34.68</t>
   </si>
   <si>
     <t>1:59.21</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>2:44.11</t>
   </si>
   <si>
     <t>2:26.87</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>2:49.84</t>
   </si>
   <si>
     <t>2:14.39</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>2:55.04</t>
   </si>
   <si>
     <t>2:35.02</t>
   </si>
   <si>
-    <t>Aleksey Batuyev</t>
+    <t>Алексей Батуев</t>
   </si>
   <si>
     <t>2:55.15</t>
   </si>
   <si>
     <t>2:43.27</t>
   </si>
   <si>
-    <t>Mariya Podchufarova</t>
+    <t>Мария Подчуфарова</t>
   </si>
   <si>
     <t>2:07.11</t>
   </si>
   <si>
-    <t>Timofey Antonov</t>
+    <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>2:17.33</t>
   </si>
   <si>
-    <t>Rinat Zokirov</t>
+    <t>Ринат Зокиров</t>
   </si>
   <si>
     <t>2:26.46</t>
   </si>
   <si>
-    <t>Timofej Cyganov</t>
+    <t>Тимофей Цыганов</t>
   </si>
   <si>
     <t>2:36.87</t>
   </si>
   <si>
-    <t>Julia Kozlova</t>
+    <t>Юлия Козлова</t>
   </si>
   <si>
     <t>2:51.19</t>
   </si>
   <si>
-    <t>Vladimir Gridnev</t>
+    <t>Владимир Гриднев</t>
   </si>
   <si>
     <t>2:53.20</t>
   </si>
   <si>
-    <t>Tatyana Grigorovskaya</t>
+    <t>Татьяна Григоровская</t>
   </si>
   <si>
     <t>2:59.78</t>
   </si>
   <si>
-    <t>Vladislav Kravchenko</t>
+    <t>Владислав Кравченко</t>
   </si>
   <si>
     <t>3:40.77</t>
   </si>
   <si>
-    <t>Ilya Zibarev</t>
+    <t>Илья Зибарев</t>
   </si>
   <si>
     <t>3:42.31</t>
   </si>
   <si>
-    <t>Evgeny Terentyev</t>
+    <t>Евгений Терентьев</t>
   </si>
   <si>
     <t>3:56.40</t>
   </si>
   <si>
-    <t>Azamat Nurgaleev</t>
-[...23 lines deleted...]
-    <t>Ilya Fedorov</t>
+    <t>Азамат Нургалеев</t>
+  </si>
+  <si>
+    <t>Александр Шалаев</t>
+  </si>
+  <si>
+    <t>Алексей Дюжин</t>
+  </si>
+  <si>
+    <t>Денис Муслюмов</t>
+  </si>
+  <si>
+    <t>Денис Синюшкин</t>
+  </si>
+  <si>
+    <t>Елизавета Миронова</t>
+  </si>
+  <si>
+    <t>Иван Болтрукевич</t>
+  </si>
+  <si>
+    <t>Иван Стрешинский</t>
+  </si>
+  <si>
+    <t>Илья Федоров</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>