--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>31.71</t>
   </si>
   <si>
     <t>28.84</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
@@ -71,165 +71,174 @@
   <si>
     <t>41.65</t>
   </si>
   <si>
     <t>35.69</t>
   </si>
   <si>
     <t>Павел Месяцев</t>
   </si>
   <si>
     <t>41.80</t>
   </si>
   <si>
     <t>37.27</t>
   </si>
   <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>42.29</t>
   </si>
   <si>
     <t>34.41</t>
   </si>
   <si>
+    <t>Анна Дуганова</t>
+  </si>
+  <si>
+    <t>42.63</t>
+  </si>
+  <si>
+    <t>37.45</t>
+  </si>
+  <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>43.82</t>
   </si>
   <si>
     <t>38.67</t>
   </si>
   <si>
     <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>44.08</t>
   </si>
   <si>
     <t>36.96</t>
   </si>
   <si>
-    <t>Анна Дуганова</t>
-[...7 lines deleted...]
-  <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>49.75</t>
   </si>
   <si>
     <t>48.20</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>50.42</t>
   </si>
   <si>
     <t>46.62</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
-    <t>53.23</t>
-[...2 lines deleted...]
-    <t>49.08</t>
+    <t>54.26</t>
+  </si>
+  <si>
+    <t>51.04</t>
   </si>
   <si>
     <t>Николай Катаев</t>
   </si>
   <si>
     <t>54.86</t>
   </si>
   <si>
     <t>47.59</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>56.73</t>
   </si>
   <si>
     <t>47.58</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>59.56</t>
   </si>
   <si>
     <t>54.60</t>
   </si>
   <si>
     <t>Карина Шамова</t>
   </si>
   <si>
     <t>1:02.01</t>
   </si>
   <si>
     <t>59.79</t>
   </si>
   <si>
+    <t>Артур Хамзин</t>
+  </si>
+  <si>
+    <t>1:03.15</t>
+  </si>
+  <si>
+    <t>54.11</t>
+  </si>
+  <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:04.53</t>
   </si>
   <si>
     <t>56.09</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:10.81</t>
   </si>
   <si>
     <t>57.50</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
     <t>1:11.14</t>
   </si>
   <si>
-    <t>1:02.12</t>
+    <t>1:01.77</t>
   </si>
   <si>
     <t>Артём Куликов</t>
   </si>
   <si>
     <t>1:12.74</t>
   </si>
   <si>
     <t>1:04.79</t>
   </si>
   <si>
     <t>Макар Тихонов</t>
   </si>
   <si>
     <t>1:14.74</t>
   </si>
   <si>
     <t>1:08.40</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>1:20.89</t>
   </si>
@@ -284,51 +293,60 @@
   <si>
     <t>Иван Милый</t>
   </si>
   <si>
     <t>1:30.52</t>
   </si>
   <si>
     <t>1:16.67</t>
   </si>
   <si>
     <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>1:30.74</t>
   </si>
   <si>
     <t>1:21.43</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>1:33.34</t>
   </si>
   <si>
-    <t>1:21.48</t>
+    <t>1:20.53</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>1:35.65</t>
+  </si>
+  <si>
+    <t>1:30.19</t>
   </si>
   <si>
     <t>Владимир Щеглов</t>
   </si>
   <si>
     <t>1:43.29</t>
   </si>
   <si>
     <t>1:27.25</t>
   </si>
   <si>
     <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>1:43.31</t>
   </si>
   <si>
     <t>1:33.92</t>
   </si>
   <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:43.39</t>
   </si>
@@ -350,102 +368,84 @@
   <si>
     <t>1:45.77</t>
   </si>
   <si>
     <t>1:32.62</t>
   </si>
   <si>
     <t>Денис Григорьев</t>
   </si>
   <si>
     <t>1:46.03</t>
   </si>
   <si>
     <t>1:41.73</t>
   </si>
   <si>
     <t>Артем Свойкин</t>
   </si>
   <si>
     <t>2:02.42</t>
   </si>
   <si>
     <t>1:51.30</t>
   </si>
   <si>
-    <t>Артур Хамзин</t>
-[...7 lines deleted...]
-  <si>
     <t>Михаил Миняев</t>
   </si>
   <si>
     <t>2:14.82</t>
   </si>
   <si>
     <t>2:01.33</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>2:20.71</t>
   </si>
   <si>
     <t>2:04.02</t>
   </si>
   <si>
     <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>2:34.68</t>
   </si>
   <si>
     <t>1:59.21</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...7 lines deleted...]
-  <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>2:49.84</t>
   </si>
   <si>
-    <t>2:14.39</t>
+    <t>2:39.41</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>2:55.04</t>
   </si>
   <si>
     <t>2:35.02</t>
   </si>
   <si>
     <t>Алексей Батуев</t>
   </si>
   <si>
     <t>2:55.15</t>
   </si>
   <si>
     <t>2:43.27</t>
   </si>
   <si>
     <t>Мария Подчуфарова</t>
   </si>
   <si>
     <t>2:07.11</t>
   </si>
@@ -464,75 +464,72 @@
   <si>
     <t>Тимофей Цыганов</t>
   </si>
   <si>
     <t>2:36.87</t>
   </si>
   <si>
     <t>Юлия Козлова</t>
   </si>
   <si>
     <t>2:51.19</t>
   </si>
   <si>
     <t>Владимир Гриднев</t>
   </si>
   <si>
     <t>2:53.20</t>
   </si>
   <si>
     <t>Татьяна Григоровская</t>
   </si>
   <si>
     <t>2:59.78</t>
   </si>
   <si>
+    <t>Илья Зибарев</t>
+  </si>
+  <si>
+    <t>3:42.31</t>
+  </si>
+  <si>
+    <t>Евгений Терентьев</t>
+  </si>
+  <si>
+    <t>3:56.40</t>
+  </si>
+  <si>
+    <t>Азамат Нургалеев</t>
+  </si>
+  <si>
+    <t>Александр Шалаев</t>
+  </si>
+  <si>
+    <t>Алексей Дюжин</t>
+  </si>
+  <si>
     <t>Владислав Кравченко</t>
-  </si>
-[...22 lines deleted...]
-    <t>Алексей Дюжин</t>
   </si>
   <si>
     <t>Денис Муслюмов</t>
   </si>
   <si>
     <t>Денис Синюшкин</t>
   </si>
   <si>
     <t>Елизавета Миронова</t>
   </si>
   <si>
     <t>Иван Болтрукевич</t>
   </si>
   <si>
     <t>Иван Стрешинский</t>
   </si>
   <si>
     <t>Илья Федоров</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1617,112 +1614,106 @@
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>150</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>152</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="55" spans="1:4">
-      <c r="A55">
-[...1 lines deleted...]
-      </c>
       <c r="B55" t="s">
         <v>154</v>
       </c>
       <c r="C55" s="1"/>
-      <c r="D55" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="56" spans="1:4">
       <c r="B56" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="C56" s="1"/>
     </row>
     <row r="57" spans="1:4">
       <c r="B57" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C57" s="1"/>
     </row>
     <row r="58" spans="1:4">
       <c r="B58" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="C58" s="1"/>
     </row>
     <row r="59" spans="1:4">
       <c r="B59" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C59" s="1"/>
     </row>
     <row r="60" spans="1:4">
       <c r="B60" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="C60" s="1"/>
     </row>
     <row r="61" spans="1:4">
       <c r="B61" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C61" s="1"/>
     </row>
     <row r="62" spans="1:4">
       <c r="B62" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C62" s="1"/>
     </row>
     <row r="63" spans="1:4">
       <c r="B63" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C63" s="1"/>
     </row>
     <row r="64" spans="1:4">
       <c r="B64" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C64" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>