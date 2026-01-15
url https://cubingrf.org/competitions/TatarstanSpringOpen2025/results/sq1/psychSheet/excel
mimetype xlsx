--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,477 +17,477 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="sq1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Lev Bruskov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Лев Брусков</t>
   </si>
   <si>
     <t>6.51</t>
   </si>
   <si>
     <t>5.24</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>9.43</t>
   </si>
   <si>
     <t>7.50</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>9.82</t>
   </si>
   <si>
     <t>6.16</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>10.69</t>
   </si>
   <si>
     <t>7.44</t>
   </si>
   <si>
-    <t>Pavel Mesyatsev</t>
+    <t>Павел Месяцев</t>
   </si>
   <si>
     <t>10.99</t>
   </si>
   <si>
     <t>9.40</t>
   </si>
   <si>
-    <t>Makar Tihonov</t>
+    <t>Макар Тихонов</t>
   </si>
   <si>
     <t>12.12</t>
   </si>
   <si>
     <t>9.15</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
     <t>9.21</t>
   </si>
   <si>
-    <t>Artem Kulikov</t>
+    <t>Артём Куликов</t>
   </si>
   <si>
     <t>13.37</t>
   </si>
   <si>
     <t>10.78</t>
   </si>
   <si>
-    <t>Andrey Kupriyanov</t>
+    <t>Андрей Куприянов</t>
   </si>
   <si>
     <t>14.25</t>
   </si>
   <si>
     <t>10.62</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>14.26</t>
   </si>
   <si>
-    <t>9.83</t>
-[...2 lines deleted...]
-    <t>Artur Khamzin</t>
+    <t>9.49</t>
+  </si>
+  <si>
+    <t>Артур Хамзин</t>
   </si>
   <si>
     <t>14.61</t>
   </si>
   <si>
     <t>10.92</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>15.18</t>
   </si>
   <si>
     <t>11.68</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
-[...2 lines deleted...]
-    <t>16.56</t>
+    <t>Арсений Павлов</t>
+  </si>
+  <si>
+    <t>15.83</t>
   </si>
   <si>
     <t>12.41</t>
   </si>
   <si>
-    <t>Darya Belonogova</t>
+    <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>16.70</t>
   </si>
   <si>
     <t>12.58</t>
   </si>
   <si>
-    <t>Karina Shamova</t>
+    <t>Карина Шамова</t>
   </si>
   <si>
     <t>17.73</t>
   </si>
   <si>
     <t>15.52</t>
   </si>
   <si>
-    <t>Artem Sosnovskikh</t>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>19.47</t>
   </si>
   <si>
     <t>14.40</t>
   </si>
   <si>
-    <t>Dmitry Vasilyev</t>
+    <t>Михаил Игнатьев</t>
+  </si>
+  <si>
+    <t>20.39</t>
+  </si>
+  <si>
+    <t>11.70</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>21.97</t>
+  </si>
+  <si>
+    <t>15.81</t>
+  </si>
+  <si>
+    <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>22.38</t>
   </si>
   <si>
     <t>16.17</t>
   </si>
   <si>
-    <t>Oleg Kremlyov</t>
+    <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>23.19</t>
   </si>
   <si>
     <t>18.79</t>
   </si>
   <si>
-    <t>Nikolay Kataev</t>
+    <t>Николай Катаев</t>
   </si>
   <si>
     <t>23.24</t>
   </si>
   <si>
     <t>15.64</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
-[...8 lines deleted...]
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>24.61</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>25.33</t>
   </si>
   <si>
     <t>16.62</t>
   </si>
   <si>
-    <t>Nikita Malyshkin</t>
+    <t>Никита Малышкин</t>
   </si>
   <si>
     <t>25.70</t>
   </si>
   <si>
     <t>19.86</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>25.81</t>
   </si>
   <si>
     <t>17.60</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
-[...8 lines deleted...]
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>27.65</t>
   </si>
   <si>
     <t>14.97</t>
   </si>
   <si>
-    <t>Anna Duganova</t>
+    <t>Анна Дуганова</t>
   </si>
   <si>
     <t>28.83</t>
   </si>
   <si>
     <t>22.73</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>30.22</t>
   </si>
   <si>
     <t>20.28</t>
   </si>
   <si>
-    <t>Anton Berezhnov</t>
+    <t>Антон Бережнов</t>
   </si>
   <si>
     <t>31.95</t>
   </si>
   <si>
     <t>27.42</t>
   </si>
   <si>
-    <t>Ivan Milyi</t>
+    <t>Иван Милый</t>
   </si>
   <si>
     <t>37.38</t>
   </si>
   <si>
     <t>24.06</t>
   </si>
   <si>
-    <t>Timofey Antonov</t>
+    <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>37.71</t>
   </si>
   <si>
     <t>30.09</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>37.82</t>
   </si>
   <si>
     <t>32.80</t>
   </si>
   <si>
-    <t>Vladimir Shcheglov</t>
+    <t>Владимир Щеглов</t>
   </si>
   <si>
     <t>38.29</t>
   </si>
   <si>
     <t>29.51</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>42.13</t>
   </si>
   <si>
     <t>36.48</t>
   </si>
   <si>
-    <t>Daniel Ishmuratov</t>
+    <t>Даниэль Ишмуратов</t>
   </si>
   <si>
     <t>43.33</t>
   </si>
   <si>
     <t>32.89</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>46.60</t>
   </si>
   <si>
     <t>23.66</t>
   </si>
   <si>
-    <t>Denis Sinyushkin</t>
+    <t>Денис Синюшкин</t>
   </si>
   <si>
     <t>50.48</t>
   </si>
   <si>
     <t>35.07</t>
   </si>
   <si>
-    <t>Vladislav Kravchenko</t>
+    <t>Владислав Кравченко</t>
   </si>
   <si>
     <t>51.94</t>
   </si>
   <si>
     <t>44.90</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>1:06.75</t>
   </si>
   <si>
     <t>28.66</t>
   </si>
   <si>
-    <t>Denis Muslyumovo</t>
+    <t>Денис Муслюмов</t>
   </si>
   <si>
     <t>1:17.66</t>
   </si>
   <si>
     <t>55.11</t>
   </si>
   <si>
-    <t>Ilya Zibarev</t>
+    <t>Илья Зибарев</t>
   </si>
   <si>
     <t>1:21.21</t>
   </si>
   <si>
     <t>54.71</t>
   </si>
   <si>
-    <t>Fyodor Romanov</t>
+    <t>Фёдор Романов</t>
   </si>
   <si>
     <t>1:22.33</t>
   </si>
   <si>
     <t>1:05.60</t>
   </si>
   <si>
-    <t>Vladimir Gridnev</t>
+    <t>Владимир Гриднев</t>
   </si>
   <si>
     <t>1:40.79</t>
   </si>
   <si>
     <t>1:05.46</t>
   </si>
   <si>
-    <t>Vladislav Zatolokin</t>
+    <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>45.27</t>
   </si>
   <si>
-    <t>Artem Svoykin</t>
+    <t>Артем Свойкин</t>
   </si>
   <si>
     <t>56.63</t>
   </si>
   <si>
-    <t>Aleksey Batuyev</t>
-[...17 lines deleted...]
-    <t>Tatyana Grigorovskaya</t>
+    <t>Алексей Батуев</t>
+  </si>
+  <si>
+    <t>Евгений Терентьев</t>
+  </si>
+  <si>
+    <t>Иван Болтрукевич</t>
+  </si>
+  <si>
+    <t>Илья Федоров</t>
+  </si>
+  <si>
+    <t>Михаил Мочалов</t>
+  </si>
+  <si>
+    <t>Степан Мельников</t>
+  </si>
+  <si>
+    <t>Татьяна Григоровская</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>