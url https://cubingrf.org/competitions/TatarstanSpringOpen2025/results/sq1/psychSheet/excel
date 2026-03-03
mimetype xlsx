--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -17,477 +17,477 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="sq1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Лев Брусков</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Lev Bruskov</t>
   </si>
   <si>
     <t>6.51</t>
   </si>
   <si>
     <t>5.24</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
-[...8 lines deleted...]
-    <t>Никита Попков</t>
+    <t>Vladimir Filin</t>
+  </si>
+  <si>
+    <t>8.75</t>
+  </si>
+  <si>
+    <t>6.55</t>
+  </si>
+  <si>
+    <t>Nikita Popkov</t>
   </si>
   <si>
     <t>9.82</t>
   </si>
   <si>
-    <t>6.16</t>
-[...2 lines deleted...]
-    <t>Анастасия Майкова</t>
+    <t>6.81</t>
+  </si>
+  <si>
+    <t>Anastasiya Maykova</t>
   </si>
   <si>
     <t>10.69</t>
   </si>
   <si>
     <t>7.44</t>
   </si>
   <si>
-    <t>Павел Месяцев</t>
-[...8 lines deleted...]
-    <t>Макар Тихонов</t>
+    <t>Makar Tihonov</t>
   </si>
   <si>
     <t>12.12</t>
   </si>
   <si>
     <t>9.15</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
+    <t>Ekaterina Kaneva</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
-    <t>9.21</t>
-[...2 lines deleted...]
-    <t>Артём Куликов</t>
+    <t>9.65</t>
+  </si>
+  <si>
+    <t>Artem Kulikov</t>
   </si>
   <si>
     <t>13.37</t>
   </si>
   <si>
     <t>10.78</t>
   </si>
   <si>
-    <t>Андрей Куприянов</t>
+    <t>Andrey Kupriyanov</t>
   </si>
   <si>
     <t>14.25</t>
   </si>
   <si>
     <t>10.62</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
+    <t>Aleksandr Kropotov</t>
   </si>
   <si>
     <t>14.26</t>
   </si>
   <si>
     <t>9.49</t>
   </si>
   <si>
-    <t>Артур Хамзин</t>
+    <t>Artur Khamzin</t>
   </si>
   <si>
     <t>14.61</t>
   </si>
   <si>
     <t>10.92</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
+    <t>Anatolii Turenko</t>
   </si>
   <si>
     <t>15.18</t>
   </si>
   <si>
     <t>11.68</t>
   </si>
   <si>
-    <t>Арсений Павлов</t>
+    <t>Pavel Mesyatsev</t>
+  </si>
+  <si>
+    <t>15.19</t>
+  </si>
+  <si>
+    <t>12.47</t>
+  </si>
+  <si>
+    <t>Arsenii Pavlov</t>
   </si>
   <si>
     <t>15.83</t>
   </si>
   <si>
     <t>12.41</t>
   </si>
   <si>
-    <t>Дарья Белоногова</t>
+    <t>Darya Belonogova</t>
   </si>
   <si>
     <t>16.70</t>
   </si>
   <si>
     <t>12.58</t>
   </si>
   <si>
-    <t>Карина Шамова</t>
+    <t>Karina Shamova</t>
   </si>
   <si>
     <t>17.73</t>
   </si>
   <si>
     <t>15.52</t>
   </si>
   <si>
-    <t>Артём Сосновских</t>
+    <t>Artem Sosnovskikh</t>
   </si>
   <si>
     <t>19.47</t>
   </si>
   <si>
     <t>14.40</t>
   </si>
   <si>
-    <t>Михаил Игнатьев</t>
+    <t>Mikhail Ignatʹyev</t>
   </si>
   <si>
     <t>20.39</t>
   </si>
   <si>
     <t>11.70</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
+    <t>Olga Yasakova</t>
   </si>
   <si>
     <t>21.97</t>
   </si>
   <si>
-    <t>15.81</t>
-[...2 lines deleted...]
-    <t>Дмитрий Васильев</t>
+    <t>14.46</t>
+  </si>
+  <si>
+    <t>Dmitry Vasilyev</t>
   </si>
   <si>
     <t>22.38</t>
   </si>
   <si>
     <t>16.17</t>
   </si>
   <si>
-    <t>Олег Кремлёв</t>
+    <t>Oleg Kremlyov</t>
   </si>
   <si>
     <t>23.19</t>
   </si>
   <si>
     <t>18.79</t>
   </si>
   <si>
-    <t>Николай Катаев</t>
+    <t>Nikolay Kataev</t>
   </si>
   <si>
     <t>23.24</t>
   </si>
   <si>
     <t>15.64</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>24.61</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
-    <t>Дмитрий Тупис</t>
+    <t>Dmitriy Tupis</t>
   </si>
   <si>
     <t>25.33</t>
   </si>
   <si>
     <t>16.62</t>
   </si>
   <si>
-    <t>Никита Малышкин</t>
+    <t>Nikita Malyshkin</t>
   </si>
   <si>
     <t>25.70</t>
   </si>
   <si>
     <t>19.86</t>
   </si>
   <si>
-    <t>Полина Лаптева</t>
+    <t>Polina Lapteva</t>
   </si>
   <si>
     <t>25.81</t>
   </si>
   <si>
     <t>17.60</t>
   </si>
   <si>
-    <t>Николай Васильев</t>
-[...2 lines deleted...]
-    <t>27.65</t>
+    <t>Nikolay Vasilyev</t>
+  </si>
+  <si>
+    <t>27.99</t>
   </si>
   <si>
     <t>14.97</t>
   </si>
   <si>
-    <t>Анна Дуганова</t>
+    <t>Anna Duganova</t>
   </si>
   <si>
     <t>28.83</t>
   </si>
   <si>
     <t>22.73</t>
   </si>
   <si>
-    <t>Даниил Абдулов</t>
+    <t>Daniil Abdulov</t>
   </si>
   <si>
     <t>30.22</t>
   </si>
   <si>
     <t>20.28</t>
   </si>
   <si>
-    <t>Антон Бережнов</t>
+    <t>Anton Berezhnov</t>
   </si>
   <si>
     <t>31.95</t>
   </si>
   <si>
     <t>27.42</t>
   </si>
   <si>
-    <t>Иван Милый</t>
+    <t>Ivan Milyi</t>
   </si>
   <si>
     <t>37.38</t>
   </si>
   <si>
     <t>24.06</t>
   </si>
   <si>
-    <t>Тимофей Антонов</t>
+    <t>Timofey Antonov</t>
   </si>
   <si>
     <t>37.71</t>
   </si>
   <si>
     <t>30.09</t>
   </si>
   <si>
-    <t>Арсений Боровков</t>
+    <t>Arsenii Borovkov</t>
   </si>
   <si>
     <t>37.82</t>
   </si>
   <si>
     <t>32.80</t>
   </si>
   <si>
-    <t>Владимир Щеглов</t>
+    <t>Vladimir Shcheglov</t>
   </si>
   <si>
     <t>38.29</t>
   </si>
   <si>
     <t>29.51</t>
   </si>
   <si>
-    <t>Филипп Радинский</t>
+    <t>Philipp Radinskiy</t>
   </si>
   <si>
     <t>42.13</t>
   </si>
   <si>
     <t>36.48</t>
   </si>
   <si>
-    <t>Даниэль Ишмуратов</t>
+    <t>Daniel Ishmuratov</t>
   </si>
   <si>
     <t>43.33</t>
   </si>
   <si>
     <t>32.89</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
-[...2 lines deleted...]
-    <t>46.60</t>
+    <t>Gabriella Ivakhnitskaya</t>
+  </si>
+  <si>
+    <t>44.29</t>
   </si>
   <si>
     <t>23.66</t>
   </si>
   <si>
-    <t>Денис Синюшкин</t>
+    <t>Denis Sinyushkin</t>
   </si>
   <si>
     <t>50.48</t>
   </si>
   <si>
     <t>35.07</t>
   </si>
   <si>
-    <t>Владислав Кравченко</t>
+    <t>Vladislav Kravchenko</t>
   </si>
   <si>
     <t>51.94</t>
   </si>
   <si>
     <t>44.90</t>
   </si>
   <si>
-    <t>Матвей Тянутов</t>
+    <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>1:06.75</t>
   </si>
   <si>
     <t>28.66</t>
   </si>
   <si>
-    <t>Денис Муслюмов</t>
+    <t>Denis Muslyumovo</t>
   </si>
   <si>
     <t>1:17.66</t>
   </si>
   <si>
     <t>55.11</t>
   </si>
   <si>
-    <t>Илья Зибарев</t>
+    <t>Ilya Zibarev</t>
   </si>
   <si>
     <t>1:21.21</t>
   </si>
   <si>
     <t>54.71</t>
   </si>
   <si>
-    <t>Фёдор Романов</t>
+    <t>Fyodor Romanov</t>
   </si>
   <si>
     <t>1:22.33</t>
   </si>
   <si>
     <t>1:05.60</t>
   </si>
   <si>
-    <t>Владимир Гриднев</t>
+    <t>Vladimir Gridnev</t>
   </si>
   <si>
     <t>1:40.79</t>
   </si>
   <si>
     <t>1:05.46</t>
   </si>
   <si>
-    <t>Владислав Затолокин</t>
+    <t>Vladislav Zatolokin</t>
   </si>
   <si>
     <t>45.27</t>
   </si>
   <si>
-    <t>Артем Свойкин</t>
+    <t>Artem Svoykin</t>
   </si>
   <si>
     <t>56.63</t>
   </si>
   <si>
-    <t>Алексей Батуев</t>
-[...17 lines deleted...]
-    <t>Татьяна Григоровская</t>
+    <t>Aleksey Batuyev</t>
+  </si>
+  <si>
+    <t>Evgeny Terentyev</t>
+  </si>
+  <si>
+    <t>Ivan Boltrukevich</t>
+  </si>
+  <si>
+    <t>Ilya Fedorov</t>
+  </si>
+  <si>
+    <t>Mihail Mochalov</t>
+  </si>
+  <si>
+    <t>Stepan Melnikov</t>
+  </si>
+  <si>
+    <t>Tatyana Grigorovskaya</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>