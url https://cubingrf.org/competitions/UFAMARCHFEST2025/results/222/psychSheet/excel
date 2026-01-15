--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,399 +17,399 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Платон Кабаков</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Platon Kabakov</t>
   </si>
   <si>
     <t>1.88</t>
   </si>
   <si>
     <t>1.39</t>
   </si>
   <si>
-    <t>Илья Епифанов</t>
+    <t>Ilya Epifanov</t>
   </si>
   <si>
     <t>2.35</t>
   </si>
   <si>
     <t>1.34</t>
   </si>
   <si>
-    <t>Максим Безъязыков</t>
+    <t>Maksim Bezʺyazykov</t>
   </si>
   <si>
     <t>2.62</t>
   </si>
   <si>
     <t>1.70</t>
   </si>
   <si>
-    <t>Даниил Абдулов</t>
+    <t>Daniil Abdulov</t>
   </si>
   <si>
     <t>2.69</t>
   </si>
   <si>
     <t>1.52</t>
   </si>
   <si>
-    <t>Владимир Семидьянов</t>
+    <t>Vladimir Semidyanov</t>
   </si>
   <si>
     <t>3.06</t>
   </si>
   <si>
     <t>1.82</t>
   </si>
   <si>
-    <t>Родион Першин</t>
+    <t>Rodion Pershin</t>
   </si>
   <si>
     <t>3.53</t>
   </si>
   <si>
     <t>1.48</t>
   </si>
   <si>
-    <t>Степан Щевелёв</t>
+    <t>Stepan Shchevelev</t>
   </si>
   <si>
     <t>3.78</t>
   </si>
   <si>
     <t>2.16</t>
   </si>
   <si>
-    <t>Чингизхан Мухаметдинов</t>
+    <t>Chingizkhan Mukhametdinov</t>
   </si>
   <si>
     <t>3.83</t>
   </si>
   <si>
     <t>2.00</t>
   </si>
   <si>
-    <t>Арсений Кислицын</t>
+    <t>Arseniy Kislitsyn</t>
   </si>
   <si>
     <t>4.19</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
-    <t>Инсаф Нурмухаметов</t>
+    <t>Insaf Nurmukhametov</t>
   </si>
   <si>
     <t>5.78</t>
   </si>
   <si>
     <t>3.93</t>
   </si>
   <si>
-    <t>Амин Ахкамов</t>
+    <t>Amin Akhkamov</t>
   </si>
   <si>
     <t>5.91</t>
   </si>
   <si>
     <t>3.82</t>
   </si>
   <si>
-    <t>Родион Фролов</t>
+    <t>Rodion Frolov</t>
   </si>
   <si>
     <t>6.27</t>
   </si>
   <si>
     <t>5.21</t>
   </si>
   <si>
-    <t>Батырхан Гайсин</t>
+    <t>Batyrkhan Gaysin</t>
   </si>
   <si>
     <t>6.31</t>
   </si>
   <si>
     <t>3.37</t>
   </si>
   <si>
-    <t>Ролан Хайретдинов</t>
+    <t>Rolan Khayretdinov</t>
   </si>
   <si>
     <t>6.56</t>
   </si>
   <si>
     <t>3.75</t>
   </si>
   <si>
-    <t>Амелия Ганиева</t>
+    <t>Amelia Ganieva</t>
   </si>
   <si>
     <t>6.80</t>
   </si>
   <si>
     <t>3.84</t>
   </si>
   <si>
-    <t>Даниэль Минниахметов</t>
+    <t>Daniel Minniakhmetov</t>
   </si>
   <si>
     <t>7.05</t>
   </si>
   <si>
     <t>5.81</t>
   </si>
   <si>
-    <t>Александра Галина Маккроун</t>
+    <t>Alexandra McCrone</t>
   </si>
   <si>
     <t>7.32</t>
   </si>
   <si>
     <t>5.72</t>
   </si>
   <si>
-    <t>Гузель Зиянгирова</t>
+    <t>Guzel Ziyangirova</t>
   </si>
   <si>
     <t>7.76</t>
   </si>
   <si>
     <t>4.50</t>
   </si>
   <si>
-    <t>Эмир Асадуллин</t>
+    <t>Emir Asadullin</t>
   </si>
   <si>
     <t>8.20</t>
   </si>
   <si>
     <t>5.71</t>
   </si>
   <si>
-    <t>Тимур Братухин</t>
+    <t>Timur Bratukhin</t>
   </si>
   <si>
     <t>8.60</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
-    <t>Глеб Файзуллин</t>
+    <t>Gleb Fayzullin</t>
   </si>
   <si>
     <t>10.76</t>
   </si>
   <si>
     <t>6.10</t>
   </si>
   <si>
-    <t>Данила Волосных</t>
+    <t>Danila Volosnykh</t>
   </si>
   <si>
     <t>10.90</t>
   </si>
   <si>
     <t>7.62</t>
   </si>
   <si>
-    <t>Александра Богомазова</t>
+    <t>Alexandra Bogomazova</t>
   </si>
   <si>
     <t>11.03</t>
   </si>
   <si>
     <t>8.28</t>
   </si>
   <si>
-    <t>Дмитрий Чернов</t>
+    <t>Dmitriy Chernov</t>
   </si>
   <si>
     <t>11.10</t>
   </si>
   <si>
     <t>9.19</t>
   </si>
   <si>
-    <t>Айлина Асадуллина</t>
+    <t>Ailina Asadullina</t>
   </si>
   <si>
     <t>11.89</t>
   </si>
   <si>
     <t>10.46</t>
   </si>
   <si>
-    <t>Арсений Трифонов</t>
+    <t>Arseny Trifonov</t>
   </si>
   <si>
     <t>12.02</t>
   </si>
   <si>
     <t>6.73</t>
   </si>
   <si>
-    <t>Владимир Першин</t>
+    <t>Vladimir Pershin</t>
   </si>
   <si>
     <t>12.70</t>
   </si>
   <si>
     <t>4.49</t>
   </si>
   <si>
-    <t>Адам Мухаметзянов</t>
+    <t>Adam Mukhametzyanov</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
     <t>10.44</t>
   </si>
   <si>
-    <t>Роман Пономарев</t>
+    <t>Roman Ponomarev</t>
   </si>
   <si>
     <t>16.33</t>
   </si>
   <si>
     <t>10.31</t>
   </si>
   <si>
-    <t>Амир Юсупов</t>
+    <t>Amir Yusupov</t>
   </si>
   <si>
     <t>18.57</t>
   </si>
   <si>
     <t>10.35</t>
   </si>
   <si>
-    <t>Нияз Якшибаев</t>
+    <t>Niyaz Yakshibaev</t>
   </si>
   <si>
     <t>22.16</t>
   </si>
   <si>
     <t>11.17</t>
   </si>
   <si>
-    <t>Динислам Нурмухаметов</t>
+    <t>Dinislam Nurmukhametov</t>
   </si>
   <si>
     <t>12.57</t>
   </si>
   <si>
-    <t>Алексей Шулаев</t>
+    <t>Aleksey Shulaev</t>
   </si>
   <si>
     <t>23.23</t>
   </si>
   <si>
     <t>15.95</t>
   </si>
   <si>
-    <t>Эвелина Магафурова</t>
+    <t>Evelina Magafurova</t>
   </si>
   <si>
     <t>23.69</t>
   </si>
   <si>
     <t>16.41</t>
   </si>
   <si>
-    <t>София Братухина</t>
+    <t>Sofia Bratukhina</t>
   </si>
   <si>
     <t>26.52</t>
   </si>
   <si>
     <t>20.39</t>
   </si>
   <si>
-    <t>Рафаэль Хатмуллин</t>
+    <t>Rafael Khatmullin</t>
   </si>
   <si>
     <t>29.58</t>
   </si>
   <si>
     <t>17.98</t>
   </si>
   <si>
-    <t>Андрей Щевелёв</t>
+    <t>Andrey Shchevelev</t>
   </si>
   <si>
     <t>38.56</t>
   </si>
   <si>
     <t>22.06</t>
   </si>
   <si>
-    <t>Искандер Сайфиев</t>
+    <t>Iskander Saifiev</t>
   </si>
   <si>
     <t>44.99</t>
   </si>
   <si>
     <t>32.62</t>
   </si>
   <si>
-    <t>Артур Габитов</t>
+    <t>Artur Gabitov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -732,53 +732,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C40" sqref="C40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>