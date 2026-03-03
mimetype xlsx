--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -41,114 +41,114 @@
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Platon Kabakov</t>
   </si>
   <si>
     <t>1.88</t>
   </si>
   <si>
     <t>1.39</t>
   </si>
   <si>
     <t>Ilya Epifanov</t>
   </si>
   <si>
     <t>2.35</t>
   </si>
   <si>
-    <t>1.34</t>
+    <t>1.53</t>
   </si>
   <si>
     <t>Maksim Bezʺyazykov</t>
   </si>
   <si>
     <t>2.62</t>
   </si>
   <si>
     <t>1.70</t>
   </si>
   <si>
     <t>Daniil Abdulov</t>
   </si>
   <si>
     <t>2.69</t>
   </si>
   <si>
     <t>1.52</t>
   </si>
   <si>
     <t>Vladimir Semidyanov</t>
   </si>
   <si>
     <t>3.06</t>
   </si>
   <si>
     <t>1.82</t>
   </si>
   <si>
     <t>Rodion Pershin</t>
   </si>
   <si>
     <t>3.53</t>
   </si>
   <si>
     <t>1.48</t>
   </si>
   <si>
     <t>Stepan Shchevelev</t>
   </si>
   <si>
-    <t>3.78</t>
+    <t>3.73</t>
   </si>
   <si>
     <t>2.16</t>
   </si>
   <si>
+    <t>Arseniy Kislitsyn</t>
+  </si>
+  <si>
+    <t>4.19</t>
+  </si>
+  <si>
+    <t>2.88</t>
+  </si>
+  <si>
     <t>Chingizkhan Mukhametdinov</t>
   </si>
   <si>
-    <t>3.83</t>
-[...11 lines deleted...]
-    <t>2.88</t>
+    <t>4.57</t>
+  </si>
+  <si>
+    <t>2.90</t>
   </si>
   <si>
     <t>Insaf Nurmukhametov</t>
   </si>
   <si>
     <t>5.78</t>
   </si>
   <si>
     <t>3.93</t>
   </si>
   <si>
     <t>Amin Akhkamov</t>
   </si>
   <si>
     <t>5.91</t>
   </si>
   <si>
     <t>3.82</t>
   </si>
   <si>
     <t>Rodion Frolov</t>
   </si>
   <si>
     <t>6.27</t>
   </si>