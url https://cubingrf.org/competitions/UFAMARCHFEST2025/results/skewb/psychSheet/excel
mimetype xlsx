--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>3.84</t>
   </si>
   <si>
     <t>2.09</t>
   </si>
   <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
@@ -68,152 +68,152 @@
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>4.48</t>
   </si>
   <si>
     <t>3.04</t>
   </si>
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>4.59</t>
   </si>
   <si>
     <t>2.38</t>
   </si>
   <si>
     <t>Владимир Семидьянов</t>
   </si>
   <si>
     <t>4.76</t>
   </si>
   <si>
-    <t>3.30</t>
+    <t>3.95</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>2.53</t>
   </si>
   <si>
+    <t>Арсений Кислицын</t>
+  </si>
+  <si>
+    <t>7.37</t>
+  </si>
+  <si>
+    <t>3.48</t>
+  </si>
+  <si>
     <t>Чингизхан Мухаметдинов</t>
   </si>
   <si>
-    <t>5.43</t>
-[...11 lines deleted...]
-    <t>3.48</t>
+    <t>7.41</t>
+  </si>
+  <si>
+    <t>6.38</t>
   </si>
   <si>
     <t>Родион Першин</t>
   </si>
   <si>
     <t>7.47</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
   <si>
     <t>Максим Безъязыков</t>
   </si>
   <si>
     <t>8.08</t>
   </si>
   <si>
     <t>3.80</t>
   </si>
   <si>
     <t>Батырхан Гайсин</t>
   </si>
   <si>
     <t>9.46</t>
   </si>
   <si>
     <t>7.18</t>
   </si>
   <si>
+    <t>Тимур Братухин</t>
+  </si>
+  <si>
+    <t>10.74</t>
+  </si>
+  <si>
+    <t>6.46</t>
+  </si>
+  <si>
     <t>Александра Галина Маккроун</t>
   </si>
   <si>
     <t>11.08</t>
   </si>
   <si>
     <t>9.66</t>
   </si>
   <si>
     <t>Адам Мухаметзянов</t>
   </si>
   <si>
     <t>12.42</t>
   </si>
   <si>
     <t>6.35</t>
   </si>
   <si>
     <t>Даниэль Минниахметов</t>
   </si>
   <si>
     <t>14.78</t>
   </si>
   <si>
     <t>9.73</t>
   </si>
   <si>
     <t>Родион Фролов</t>
   </si>
   <si>
     <t>15.40</t>
   </si>
   <si>
     <t>10.15</t>
   </si>
   <si>
-    <t>Тимур Братухин</t>
-[...7 lines deleted...]
-  <si>
     <t>Ролан Хайретдинов</t>
   </si>
   <si>
     <t>16.65</t>
   </si>
   <si>
     <t>11.67</t>
   </si>
   <si>
     <t>Эмир Асадуллин</t>
   </si>
   <si>
     <t>19.74</t>
   </si>
   <si>
     <t>9.31</t>
   </si>
   <si>
     <t>Владимир Першин</t>
   </si>
   <si>
     <t>20.23</t>
   </si>
   <si>
     <t>11.42</t>
@@ -269,60 +269,57 @@
   <si>
     <t>31.68</t>
   </si>
   <si>
     <t>22.00</t>
   </si>
   <si>
     <t>Айлина Асадуллина</t>
   </si>
   <si>
     <t>35.33</t>
   </si>
   <si>
     <t>21.82</t>
   </si>
   <si>
     <t>Андрей Щевелёв</t>
   </si>
   <si>
     <t>37.31</t>
   </si>
   <si>
     <t>26.08</t>
   </si>
   <si>
+    <t>Артур Габитов</t>
+  </si>
+  <si>
+    <t>Глеб Файзуллин</t>
+  </si>
+  <si>
     <t>Рафаэль Хатмуллин</t>
-  </si>
-[...7 lines deleted...]
-    <t>Глеб Файзуллин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1043,70 +1040,64 @@
       <c r="B27" t="s">
         <v>79</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D27" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>82</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D28" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
-      <c r="A29">
-[...1 lines deleted...]
-      </c>
       <c r="B29" t="s">
         <v>85</v>
       </c>
       <c r="C29" s="1"/>
-      <c r="D29" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="B30" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C30" s="1"/>
     </row>
     <row r="31" spans="1:4">
       <c r="B31" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C31" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>