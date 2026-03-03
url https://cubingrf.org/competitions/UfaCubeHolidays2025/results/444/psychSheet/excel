--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,296 +12,299 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Артём Сосновских</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Artem Sosnovskikh</t>
   </si>
   <si>
     <t>29.18</t>
   </si>
   <si>
     <t>24.52</t>
   </si>
   <si>
-    <t>Дарья Белоногова</t>
-[...8 lines deleted...]
-    <t>Лев Брусков</t>
+    <t>Darya Belonogova</t>
+  </si>
+  <si>
+    <t>35.39</t>
+  </si>
+  <si>
+    <t>28.44</t>
+  </si>
+  <si>
+    <t>Lev Bruskov</t>
   </si>
   <si>
     <t>37.16</t>
   </si>
   <si>
     <t>34.98</t>
   </si>
   <si>
-    <t>Анна Дуганова</t>
+    <t>Anna Duganova</t>
   </si>
   <si>
     <t>40.71</t>
   </si>
   <si>
     <t>37.61</t>
   </si>
   <si>
-    <t>Глеб Пясецкий</t>
+    <t>Gleb Pyasetskiy</t>
   </si>
   <si>
     <t>40.77</t>
   </si>
   <si>
     <t>35.30</t>
   </si>
   <si>
-    <t>Даниэль Маркисов</t>
+    <t>Daniil Abdulov</t>
+  </si>
+  <si>
+    <t>44.48</t>
+  </si>
+  <si>
+    <t>37.68</t>
+  </si>
+  <si>
+    <t>Daniel Markisov</t>
   </si>
   <si>
     <t>45.19</t>
   </si>
   <si>
     <t>39.71</t>
   </si>
   <si>
-    <t>Даниил Абдулов</t>
-[...8 lines deleted...]
-    <t>Владимир Семидьянов</t>
+    <t>Vladimir Semidyanov</t>
   </si>
   <si>
     <t>45.37</t>
   </si>
   <si>
     <t>38.28</t>
   </si>
   <si>
-    <t>Алексей Плешков</t>
+    <t>Aleksey Pleshkov</t>
   </si>
   <si>
     <t>47.98</t>
   </si>
   <si>
-    <t>45.56</t>
-[...2 lines deleted...]
-    <t>Степан Щевелёв</t>
+    <t>45.18</t>
+  </si>
+  <si>
+    <t>Stepan Shchevelev</t>
   </si>
   <si>
     <t>49.57</t>
   </si>
   <si>
     <t>42.25</t>
   </si>
   <si>
-    <t>Иван Разинков</t>
+    <t>Ivan Razinkov</t>
   </si>
   <si>
     <t>1:01.40</t>
   </si>
   <si>
     <t>57.76</t>
   </si>
   <si>
-    <t>Василий Стасьев</t>
+    <t>Ivan Shvitd</t>
+  </si>
+  <si>
+    <t>1:03.17</t>
+  </si>
+  <si>
+    <t>53.91</t>
+  </si>
+  <si>
+    <t>Fedor Artamonov</t>
+  </si>
+  <si>
+    <t>1:03.69</t>
+  </si>
+  <si>
+    <t>59.09</t>
+  </si>
+  <si>
+    <t>Vasily Stasyev</t>
   </si>
   <si>
     <t>1:03.70</t>
   </si>
   <si>
-    <t>57.41</t>
-[...2 lines deleted...]
-    <t>Арсений Кислицын</t>
+    <t>58.02</t>
+  </si>
+  <si>
+    <t>Arseniy Kislitsyn</t>
   </si>
   <si>
     <t>1:04.04</t>
   </si>
   <si>
     <t>55.40</t>
   </si>
   <si>
-    <t>Владимир Кочергин</t>
+    <t>Vladimir Kochergin</t>
   </si>
   <si>
     <t>1:06.98</t>
   </si>
   <si>
     <t>53.63</t>
   </si>
   <si>
-    <t>Иван Швитд</t>
-[...8 lines deleted...]
-    <t>Роман Никитин</t>
+    <t>Roman Nikitin</t>
   </si>
   <si>
     <t>1:13.05</t>
   </si>
   <si>
     <t>1:04.01</t>
   </si>
   <si>
-    <t>Даниэль Ишмуратов</t>
+    <t>Daniel Ishmuratov</t>
   </si>
   <si>
     <t>1:14.03</t>
   </si>
   <si>
     <t>1:07.89</t>
   </si>
   <si>
-    <t>Родион Першин</t>
+    <t>Rodion Pershin</t>
   </si>
   <si>
     <t>1:14.46</t>
   </si>
   <si>
     <t>1:00.38</t>
   </si>
   <si>
-    <t>Максим Сидоров</t>
+    <t>Maxim Sidorov</t>
   </si>
   <si>
     <t>1:17.83</t>
   </si>
   <si>
     <t>58.39</t>
   </si>
   <si>
-    <t>Инсаф Нурмухаметов</t>
+    <t>Insaf Nurmukhametov</t>
   </si>
   <si>
     <t>1:21.68</t>
   </si>
   <si>
     <t>1:06.96</t>
   </si>
   <si>
-    <t>Семён Рудик</t>
+    <t>Semën Rudik</t>
   </si>
   <si>
     <t>1:24.41</t>
   </si>
   <si>
     <t>1:13.26</t>
   </si>
   <si>
-    <t>Георгий Константинов</t>
+    <t>Georgii Konstantinov</t>
   </si>
   <si>
     <t>1:36.15</t>
   </si>
   <si>
-    <t>Фёдор Артамонов</t>
-[...5 lines deleted...]
-    <t>Гузель Зиянгирова</t>
+    <t>Aleksandr Kashparov</t>
+  </si>
+  <si>
+    <t>1:47.65</t>
+  </si>
+  <si>
+    <t>Guzel Ziyangirova</t>
   </si>
   <si>
     <t>2:04.89</t>
   </si>
   <si>
-    <t>Мария Емшанова</t>
+    <t>Maria Emshanova</t>
   </si>
   <si>
     <t>2:07.92</t>
   </si>
   <si>
-    <t>Даниэль Минниахметов</t>
+    <t>Daniel Minniakhmetov</t>
   </si>
   <si>
     <t>2:25.97</t>
   </si>
   <si>
-    <t>Александр Кашпаров</t>
-[...5 lines deleted...]
-    <t>Софья Габова</t>
+    <t>Sofia Gabova</t>
   </si>
   <si>
     <t>2:42.99</t>
   </si>
   <si>
-    <t>Егор Карапетов</t>
+    <t>EGOR KARAPETOV</t>
   </si>
   <si>
     <t>3:40.39</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -627,51 +630,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C30" sqref="C30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -947,137 +950,139 @@
       <c r="D21" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D22" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>67</v>
       </c>
-      <c r="C23" s="1"/>
+      <c r="C23" s="1" t="s">
+        <v>68</v>
+      </c>
       <c r="D23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>