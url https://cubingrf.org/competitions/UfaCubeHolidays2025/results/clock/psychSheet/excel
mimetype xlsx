--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>4.29</t>
   </si>
   <si>
     <t>3.70</t>
   </si>
   <si>
     <t>Лев Брусков</t>
   </si>
   <si>
@@ -89,282 +89,288 @@
   <si>
     <t>8.97</t>
   </si>
   <si>
     <t>7.39</t>
   </si>
   <si>
     <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>9.30</t>
   </si>
   <si>
     <t>8.18</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>9.31</t>
   </si>
   <si>
     <t>6.63</t>
   </si>
   <si>
+    <t>Родион Першин</t>
+  </si>
+  <si>
+    <t>10.01</t>
+  </si>
+  <si>
+    <t>8.78</t>
+  </si>
+  <si>
+    <t>Роман Никитин</t>
+  </si>
+  <si>
+    <t>11.08</t>
+  </si>
+  <si>
+    <t>8.24</t>
+  </si>
+  <si>
+    <t>Алексей Плешков</t>
+  </si>
+  <si>
+    <t>11.59</t>
+  </si>
+  <si>
+    <t>9.86</t>
+  </si>
+  <si>
     <t>Владимир Семидьянов</t>
   </si>
   <si>
-    <t>9.84</t>
-[...29 lines deleted...]
-    <t>9.86</t>
+    <t>12.00</t>
+  </si>
+  <si>
+    <t>9.39</t>
   </si>
   <si>
     <t>Гузель Зиянгирова</t>
   </si>
   <si>
     <t>12.98</t>
   </si>
   <si>
     <t>9.53</t>
   </si>
   <si>
     <t>Инсаф Нурмухаметов</t>
   </si>
   <si>
     <t>13.48</t>
   </si>
   <si>
     <t>10.82</t>
   </si>
   <si>
+    <t>Иван Швитд</t>
+  </si>
+  <si>
+    <t>14.19</t>
+  </si>
+  <si>
+    <t>12.22</t>
+  </si>
+  <si>
     <t>Владимир Першин</t>
   </si>
   <si>
     <t>14.65</t>
   </si>
   <si>
     <t>12.29</t>
   </si>
   <si>
     <t>Фёдор Артамонов</t>
   </si>
   <si>
     <t>15.57</t>
   </si>
   <si>
     <t>11.72</t>
   </si>
   <si>
     <t>Владимир Кочергин</t>
   </si>
   <si>
     <t>16.22</t>
   </si>
   <si>
     <t>13.98</t>
   </si>
   <si>
+    <t>Александр Кашпаров</t>
+  </si>
+  <si>
+    <t>17.16</t>
+  </si>
+  <si>
+    <t>15.51</t>
+  </si>
+  <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>17.82</t>
-[...2 lines deleted...]
-    <t>13.18</t>
+    <t>18.60</t>
+  </si>
+  <si>
+    <t>16.11</t>
+  </si>
+  <si>
+    <t>Данияр Тагиров</t>
+  </si>
+  <si>
+    <t>19.14</t>
+  </si>
+  <si>
+    <t>15.44</t>
   </si>
   <si>
     <t>Тимофей Солин</t>
   </si>
   <si>
     <t>19.41</t>
   </si>
   <si>
     <t>17.56</t>
   </si>
   <si>
-    <t>Александр Кашпаров</t>
-[...2 lines deleted...]
-    <t>21.22</t>
+    <t>Иван Разинков</t>
+  </si>
+  <si>
+    <t>21.23</t>
+  </si>
+  <si>
+    <t>Амелия Ганиева</t>
+  </si>
+  <si>
+    <t>22.22</t>
+  </si>
+  <si>
+    <t>18.08</t>
+  </si>
+  <si>
+    <t>Семён Рудик</t>
+  </si>
+  <si>
+    <t>22.38</t>
+  </si>
+  <si>
+    <t>17.95</t>
+  </si>
+  <si>
+    <t>Даниэль Минниахметов</t>
+  </si>
+  <si>
+    <t>22.68</t>
   </si>
   <si>
     <t>18.11</t>
   </si>
   <si>
-    <t>Иван Разинков</t>
-[...37 lines deleted...]
-  <si>
     <t>Мария Емшанова</t>
   </si>
   <si>
     <t>23.97</t>
   </si>
   <si>
-    <t>23.51</t>
+    <t>21.30</t>
   </si>
   <si>
     <t>Святослав Целищев</t>
   </si>
   <si>
     <t>24.34</t>
   </si>
   <si>
-    <t>21.04</t>
+    <t>18.34</t>
   </si>
   <si>
     <t>Юлия Козлова</t>
   </si>
   <si>
     <t>24.39</t>
   </si>
   <si>
     <t>20.41</t>
   </si>
   <si>
     <t>Федор Савин</t>
   </si>
   <si>
     <t>27.20</t>
   </si>
   <si>
     <t>23.93</t>
   </si>
   <si>
     <t>Нияз Якшибаев</t>
   </si>
   <si>
     <t>27.35</t>
   </si>
   <si>
     <t>24.49</t>
   </si>
   <si>
     <t>Евгения Бармина</t>
   </si>
   <si>
     <t>27.83</t>
   </si>
   <si>
-    <t>24.38</t>
+    <t>23.60</t>
   </si>
   <si>
     <t>Андрей Щевелёв</t>
   </si>
   <si>
     <t>28.19</t>
   </si>
   <si>
     <t>24.16</t>
   </si>
   <si>
     <t>Максим Сидоров</t>
   </si>
   <si>
     <t>34.18</t>
   </si>
   <si>
     <t>28.51</t>
   </si>
   <si>
     <t>Софья Габова</t>
   </si>
   <si>
     <t>48.96</t>
   </si>
   <si>
-    <t>40.39</t>
-[...5 lines deleted...]
-    <t>33.88</t>
+    <t>31.70</t>
   </si>
   <si>
     <t>Амир Юсупов</t>
   </si>
   <si>
     <t>47.33</t>
   </si>
   <si>
     <t>Георгий Константинов</t>
   </si>
   <si>
     <t>Елена Кислицына</t>
   </si>
   <si>
     <t>Искандер Сайфиев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -1009,263 +1015,265 @@
         <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D21" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="D22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D23" t="s">
-        <v>68</v>
+        <v>57</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>69</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D24" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>72</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D25" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D26" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D28" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D29" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D30" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D33" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D34" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="C35" s="1"/>
+        <v>102</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>103</v>
+      </c>
       <c r="D35" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="B37" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C37" s="1"/>
     </row>
     <row r="38" spans="1:4">
       <c r="B38" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C38" s="1"/>
     </row>
     <row r="39" spans="1:4">
       <c r="B39" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C39" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>