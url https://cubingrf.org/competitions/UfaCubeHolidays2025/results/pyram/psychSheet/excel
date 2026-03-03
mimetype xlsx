--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -12,80 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>2.71</t>
   </si>
   <si>
     <t>1.77</t>
   </si>
   <si>
     <t>Лев Брусков</t>
   </si>
   <si>
-    <t>2.79</t>
-[...2 lines deleted...]
-    <t>1.94</t>
+    <t>2.85</t>
+  </si>
+  <si>
+    <t>2.10</t>
   </si>
   <si>
     <t>Владимир Семидьянов</t>
   </si>
   <si>
     <t>2.89</t>
   </si>
   <si>
     <t>1.73</t>
   </si>
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>4.39</t>
   </si>
   <si>
     <t>2.27</t>
   </si>
   <si>
     <t>Родион Першин</t>
   </si>
   <si>
     <t>4.47</t>
   </si>
@@ -98,173 +98,182 @@
   <si>
     <t>4.62</t>
   </si>
   <si>
     <t>2.17</t>
   </si>
   <si>
     <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>4.96</t>
   </si>
   <si>
     <t>3.58</t>
   </si>
   <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>5.34</t>
   </si>
   <si>
     <t>3.12</t>
   </si>
   <si>
+    <t>Анна Дуганова</t>
+  </si>
+  <si>
+    <t>5.80</t>
+  </si>
+  <si>
+    <t>3.87</t>
+  </si>
+  <si>
+    <t>Алексей Плешков</t>
+  </si>
+  <si>
+    <t>5.83</t>
+  </si>
+  <si>
+    <t>3.38</t>
+  </si>
+  <si>
+    <t>Арсений Кислицын</t>
+  </si>
+  <si>
+    <t>6.44</t>
+  </si>
+  <si>
+    <t>3.40</t>
+  </si>
+  <si>
+    <t>Инсаф Нурмухаметов</t>
+  </si>
+  <si>
+    <t>7.04</t>
+  </si>
+  <si>
+    <t>6.11</t>
+  </si>
+  <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>5.53</t>
-[...38 lines deleted...]
-    <t>6.11</t>
+    <t>7.24</t>
+  </si>
+  <si>
+    <t>4.52</t>
   </si>
   <si>
     <t>Иван Разинков</t>
   </si>
   <si>
     <t>8.76</t>
   </si>
   <si>
     <t>7.75</t>
   </si>
   <si>
     <t>Ролан Хайретдинов</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>6.71</t>
   </si>
   <si>
     <t>Семён Рудик</t>
   </si>
   <si>
     <t>9.46</t>
   </si>
   <si>
     <t>4.84</t>
   </si>
   <si>
     <t>Артур Халиуллин</t>
   </si>
   <si>
     <t>10.39</t>
   </si>
   <si>
     <t>5.44</t>
   </si>
   <si>
+    <t>Фёдор Артамонов</t>
+  </si>
+  <si>
+    <t>10.59</t>
+  </si>
+  <si>
+    <t>6.50</t>
+  </si>
+  <si>
+    <t>Иван Швитд</t>
+  </si>
+  <si>
+    <t>10.83</t>
+  </si>
+  <si>
+    <t>6.89</t>
+  </si>
+  <si>
     <t>Даниэль Ишмуратов</t>
   </si>
   <si>
     <t>10.86</t>
   </si>
   <si>
     <t>9.25</t>
   </si>
   <si>
     <t>Владислав Бударин</t>
   </si>
   <si>
     <t>11.54</t>
   </si>
   <si>
     <t>8.79</t>
   </si>
   <si>
     <t>Владимир Кочергин</t>
   </si>
   <si>
     <t>9.04</t>
   </si>
   <si>
     <t>Гузель Зиянгирова</t>
   </si>
   <si>
     <t>11.58</t>
   </si>
   <si>
     <t>9.20</t>
   </si>
   <si>
-    <t>Иван Швитд</t>
-[...7 lines deleted...]
-  <si>
     <t>Мария Емшанова</t>
   </si>
   <si>
     <t>11.81</t>
   </si>
   <si>
     <t>7.33</t>
   </si>
   <si>
     <t>Максим Сидоров</t>
   </si>
   <si>
     <t>11.95</t>
   </si>
   <si>
     <t>8.11</t>
   </si>
   <si>
     <t>Амелия Ганиева</t>
   </si>
   <si>
     <t>12.61</t>
   </si>
   <si>
     <t>6.75</t>
@@ -293,122 +302,119 @@
   <si>
     <t>14.09</t>
   </si>
   <si>
     <t>6.92</t>
   </si>
   <si>
     <t>Амир Юсупов</t>
   </si>
   <si>
     <t>15.22</t>
   </si>
   <si>
     <t>12.14</t>
   </si>
   <si>
     <t>Владимир Першин</t>
   </si>
   <si>
     <t>15.38</t>
   </si>
   <si>
     <t>7.13</t>
   </si>
   <si>
+    <t>Андрей Щевелёв</t>
+  </si>
+  <si>
+    <t>15.47</t>
+  </si>
+  <si>
+    <t>10.85</t>
+  </si>
+  <si>
     <t>Эмир Асадуллин</t>
   </si>
   <si>
-    <t>15.39</t>
-[...11 lines deleted...]
-    <t>10.85</t>
+    <t>11.89</t>
+  </si>
+  <si>
+    <t>Софья Габова</t>
+  </si>
+  <si>
+    <t>15.59</t>
+  </si>
+  <si>
+    <t>12.16</t>
   </si>
   <si>
     <t>Георгий Константинов</t>
   </si>
   <si>
     <t>15.89</t>
   </si>
   <si>
     <t>12.77</t>
   </si>
   <si>
     <t>Даниэль Минниахметов</t>
   </si>
   <si>
     <t>16.61</t>
   </si>
   <si>
     <t>8.22</t>
   </si>
   <si>
     <t>Дмитрий Чернов</t>
   </si>
   <si>
     <t>16.90</t>
   </si>
   <si>
     <t>11.47</t>
   </si>
   <si>
     <t>Евгения Бармина</t>
   </si>
   <si>
     <t>16.93</t>
   </si>
   <si>
-    <t>12.37</t>
+    <t>9.39</t>
   </si>
   <si>
     <t>Тамерлан Нурлыгаянов</t>
   </si>
   <si>
     <t>17.48</t>
   </si>
   <si>
     <t>13.11</t>
   </si>
   <si>
-    <t>Софья Габова</t>
-[...7 lines deleted...]
-  <si>
     <t>Амин Ахкамов</t>
   </si>
   <si>
     <t>18.24</t>
   </si>
   <si>
     <t>11.40</t>
   </si>
   <si>
     <t>Радмир Курбанов</t>
   </si>
   <si>
     <t>18.61</t>
   </si>
   <si>
     <t>14.07</t>
   </si>
   <si>
     <t>Дмитрий Ишуткин</t>
   </si>
   <si>
     <t>19.72</t>
   </si>
   <si>
     <t>10.02</t>
@@ -426,53 +432,50 @@
     <t>Нияз Якшибаев</t>
   </si>
   <si>
     <t>23.43</t>
   </si>
   <si>
     <t>16.22</t>
   </si>
   <si>
     <t>Сергей Абдулов</t>
   </si>
   <si>
     <t>23.91</t>
   </si>
   <si>
     <t>22.16</t>
   </si>
   <si>
     <t>Рафаэль Хатмуллин</t>
   </si>
   <si>
     <t>37.05</t>
   </si>
   <si>
     <t>Даниил Атаманов</t>
-  </si>
-[...1 lines deleted...]
-    <t>Фёдор Артамонов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1088,79 +1091,79 @@
         <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D20" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D23" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>69</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D24" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>72</v>
@@ -1270,231 +1273,239 @@
         <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>96</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D33" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>99</v>
       </c>
       <c r="C34" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D34" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>101</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>104</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>107</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>110</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>113</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>116</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>119</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>122</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>125</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>128</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>131</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>134</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="C46" s="1"/>
       <c r="D46" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:4">
+      <c r="A47">
+        <v>46</v>
+      </c>
       <c r="B47" t="s">
         <v>137</v>
       </c>
       <c r="C47" s="1"/>
+      <c r="D47" t="s">
+        <v>138</v>
+      </c>
     </row>
     <row r="48" spans="1:4">
       <c r="B48" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C48" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>