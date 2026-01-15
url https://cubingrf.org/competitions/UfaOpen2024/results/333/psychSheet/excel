--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,390 +17,390 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Arsenii Borovkov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>7.83</t>
   </si>
   <si>
     <t>6.06</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>8.28</t>
   </si>
   <si>
     <t>7.17</t>
   </si>
   <si>
-    <t>Darya Belonogova</t>
+    <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>8.53</t>
   </si>
   <si>
     <t>6.67</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>9.56</t>
   </si>
   <si>
     <t>7.70</t>
   </si>
   <si>
-    <t>Ruslan Romanenko</t>
+    <t>Руслан Романенко</t>
   </si>
   <si>
     <t>10.06</t>
   </si>
   <si>
     <t>7.47</t>
   </si>
   <si>
-    <t>Platon Kabakov</t>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>10.65</t>
   </si>
   <si>
-    <t>8.12</t>
-[...2 lines deleted...]
-    <t>Chingizkhan Mukhametdinov</t>
+    <t>8.11</t>
+  </si>
+  <si>
+    <t>Чингизхан Мухаметдинов</t>
   </si>
   <si>
     <t>10.66</t>
   </si>
   <si>
     <t>7.56</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>11.11</t>
   </si>
   <si>
     <t>9.23</t>
   </si>
   <si>
-    <t>Arseniy Kislitsyn</t>
+    <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>11.48</t>
   </si>
   <si>
     <t>8.17</t>
   </si>
   <si>
-    <t>Maksim Temnyshov</t>
+    <t>Степан Матвеев</t>
+  </si>
+  <si>
+    <t>11.59</t>
+  </si>
+  <si>
+    <t>8.35</t>
+  </si>
+  <si>
+    <t>Максим Темнышов</t>
   </si>
   <si>
     <t>11.72</t>
   </si>
   <si>
-    <t>Stepan Matveev</t>
-[...8 lines deleted...]
-    <t>Stepan Shchevelev</t>
+    <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>12.05</t>
   </si>
   <si>
     <t>10.47</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>12.87</t>
   </si>
   <si>
     <t>9.78</t>
   </si>
   <si>
-    <t>Rodion Pershin</t>
+    <t>Родион Першин</t>
   </si>
   <si>
     <t>13.55</t>
   </si>
   <si>
     <t>11.68</t>
   </si>
   <si>
-    <t>Maxim Chechnev</t>
+    <t>Максим Чечнев</t>
   </si>
   <si>
     <t>14.32</t>
   </si>
   <si>
     <t>11.91</t>
   </si>
   <si>
-    <t>Rolan Khayretdinov</t>
+    <t>Ролан Хайретдинов</t>
   </si>
   <si>
     <t>16.37</t>
   </si>
   <si>
     <t>12.98</t>
   </si>
   <si>
-    <t>Vladimir Shcheglov</t>
+    <t>Владимир Щеглов</t>
   </si>
   <si>
     <t>16.40</t>
   </si>
   <si>
     <t>12.66</t>
   </si>
   <si>
-    <t>Vasily Stasyev</t>
+    <t>Василий Стасьев</t>
   </si>
   <si>
     <t>16.87</t>
   </si>
   <si>
     <t>14.65</t>
   </si>
   <si>
-    <t>Denis Muslyumovo</t>
+    <t>Денис Муслюмов</t>
   </si>
   <si>
     <t>17.70</t>
   </si>
   <si>
     <t>14.59</t>
   </si>
   <si>
-    <t>Mark Burlutskiy</t>
+    <t>Марк Бурлуцкий</t>
   </si>
   <si>
     <t>17.97</t>
   </si>
   <si>
     <t>14.40</t>
   </si>
   <si>
-    <t>Ivan Boltrukevich</t>
+    <t>Иван Болтрукевич</t>
   </si>
   <si>
     <t>17.99</t>
   </si>
   <si>
     <t>15.27</t>
   </si>
   <si>
-    <t>Ilya Zibarev</t>
+    <t>Илья Зибарев</t>
   </si>
   <si>
     <t>18.58</t>
   </si>
   <si>
     <t>16.06</t>
   </si>
   <si>
-    <t>Semen Avdeyev</t>
+    <t>Семен Авдеев</t>
   </si>
   <si>
     <t>19.34</t>
   </si>
   <si>
     <t>16.01</t>
   </si>
   <si>
-    <t>Edgar Galimov</t>
-[...2 lines deleted...]
-    <t>Shamil Sabitov</t>
+    <t>Эдгар Галимов</t>
+  </si>
+  <si>
+    <t>Шамиль Сабитов</t>
   </si>
   <si>
     <t>20.55</t>
   </si>
   <si>
-    <t>Aleksandr Gorbunov</t>
+    <t>Александр Горбунов</t>
   </si>
   <si>
     <t>21.23</t>
   </si>
   <si>
     <t>19.03</t>
   </si>
   <si>
-    <t>Leonid Kuznetsov</t>
+    <t>Леонид Кузнецов</t>
   </si>
   <si>
     <t>25.01</t>
   </si>
   <si>
     <t>20.52</t>
   </si>
   <si>
-    <t>Arslan Galyautdinov</t>
+    <t>Арслан Галяутдинов</t>
   </si>
   <si>
     <t>25.52</t>
   </si>
   <si>
     <t>20.96</t>
   </si>
   <si>
-    <t>Nikita Yashin</t>
+    <t>Никита Яшин</t>
   </si>
   <si>
     <t>26.98</t>
   </si>
   <si>
     <t>24.92</t>
   </si>
   <si>
-    <t>Guzel Ziyangirova</t>
+    <t>Гузель Зиянгирова</t>
   </si>
   <si>
     <t>27.35</t>
   </si>
   <si>
     <t>20.39</t>
   </si>
   <si>
-    <t>Daniel Minniakhmetov</t>
+    <t>Даниэль Минниахметов</t>
   </si>
   <si>
     <t>28.27</t>
   </si>
   <si>
     <t>20.75</t>
   </si>
   <si>
-    <t>Emir Asadullin</t>
+    <t>Эмир Асадуллин</t>
   </si>
   <si>
     <t>33.71</t>
   </si>
   <si>
     <t>25.79</t>
   </si>
   <si>
-    <t>Murat Bastanovs</t>
+    <t>Мурат Бастанов</t>
   </si>
   <si>
     <t>40.21</t>
   </si>
   <si>
     <t>30.19</t>
   </si>
   <si>
-    <t>Ivan Minigaraev</t>
+    <t>Иван Минигараев</t>
   </si>
   <si>
     <t>42.63</t>
   </si>
   <si>
     <t>36.45</t>
   </si>
   <si>
-    <t>Mikhail Silkin</t>
+    <t>Михаил Силкин</t>
   </si>
   <si>
     <t>45.33</t>
   </si>
   <si>
     <t>33.37</t>
   </si>
   <si>
-    <t>Ailina Asadullina</t>
+    <t>Айлина Асадуллина</t>
   </si>
   <si>
     <t>50.01</t>
   </si>
   <si>
     <t>41.54</t>
   </si>
   <si>
-    <t>Makar Yakupan</t>
+    <t>Макар Якупан</t>
   </si>
   <si>
     <t>51.38</t>
   </si>
   <si>
     <t>32.47</t>
   </si>
   <si>
-    <t>Ildan Salikhov</t>
+    <t>Ильдан Салихов</t>
   </si>
   <si>
     <t>1:34.01</t>
   </si>
   <si>
     <t>1:21.76</t>
   </si>
   <si>
-    <t>Eric Magsumov</t>
+    <t>Эрик Магсумов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -723,51 +723,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C40" sqref="C40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -879,65 +879,65 @@
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>40</v>