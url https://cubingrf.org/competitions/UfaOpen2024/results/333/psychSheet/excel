--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,281 +12,278 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
-    <t>7.83</t>
+    <t>7.98</t>
   </si>
   <si>
     <t>6.06</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>8.28</t>
   </si>
   <si>
     <t>7.17</t>
   </si>
   <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>8.53</t>
   </si>
   <si>
     <t>6.67</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>9.56</t>
   </si>
   <si>
     <t>7.70</t>
   </si>
   <si>
+    <t>Платон Кабаков</t>
+  </si>
+  <si>
+    <t>10.18</t>
+  </si>
+  <si>
+    <t>8.11</t>
+  </si>
+  <si>
     <t>Руслан Романенко</t>
   </si>
   <si>
-    <t>10.06</t>
-[...11 lines deleted...]
-    <t>8.11</t>
+    <t>10.26</t>
+  </si>
+  <si>
+    <t>8.33</t>
   </si>
   <si>
     <t>Чингизхан Мухаметдинов</t>
   </si>
   <si>
     <t>10.66</t>
   </si>
   <si>
     <t>7.56</t>
   </si>
   <si>
     <t>Максим Козловский</t>
   </si>
   <si>
     <t>11.11</t>
   </si>
   <si>
     <t>9.23</t>
   </si>
   <si>
     <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>11.48</t>
   </si>
   <si>
     <t>8.17</t>
   </si>
   <si>
+    <t>Степан Щевелёв</t>
+  </si>
+  <si>
+    <t>11.67</t>
+  </si>
+  <si>
+    <t>9.51</t>
+  </si>
+  <si>
+    <t>Максим Темнышов</t>
+  </si>
+  <si>
+    <t>11.72</t>
+  </si>
+  <si>
+    <t>9.53</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
+  </si>
+  <si>
+    <t>12.87</t>
+  </si>
+  <si>
+    <t>9.78</t>
+  </si>
+  <si>
     <t>Степан Матвеев</t>
   </si>
   <si>
-    <t>11.59</t>
-[...26 lines deleted...]
-    <t>9.78</t>
+    <t>12.98</t>
+  </si>
+  <si>
+    <t>11.84</t>
   </si>
   <si>
     <t>Родион Першин</t>
   </si>
   <si>
     <t>13.55</t>
   </si>
   <si>
     <t>11.68</t>
   </si>
   <si>
     <t>Максим Чечнев</t>
   </si>
   <si>
     <t>14.32</t>
   </si>
   <si>
-    <t>11.91</t>
+    <t>11.97</t>
   </si>
   <si>
     <t>Ролан Хайретдинов</t>
   </si>
   <si>
     <t>16.37</t>
   </si>
   <si>
-    <t>12.98</t>
-[...1 lines deleted...]
-  <si>
     <t>Владимир Щеглов</t>
   </si>
   <si>
     <t>16.40</t>
   </si>
   <si>
     <t>12.66</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
     <t>16.87</t>
   </si>
   <si>
-    <t>14.65</t>
+    <t>15.02</t>
   </si>
   <si>
     <t>Денис Муслюмов</t>
   </si>
   <si>
     <t>17.70</t>
   </si>
   <si>
     <t>14.59</t>
   </si>
   <si>
+    <t>Иван Болтрукевич</t>
+  </si>
+  <si>
+    <t>17.99</t>
+  </si>
+  <si>
+    <t>15.27</t>
+  </si>
+  <si>
+    <t>Илья Зибарев</t>
+  </si>
+  <si>
+    <t>18.58</t>
+  </si>
+  <si>
+    <t>16.06</t>
+  </si>
+  <si>
     <t>Марк Бурлуцкий</t>
   </si>
   <si>
-    <t>17.97</t>
-[...20 lines deleted...]
-    <t>16.06</t>
+    <t>18.59</t>
   </si>
   <si>
     <t>Семен Авдеев</t>
   </si>
   <si>
     <t>19.34</t>
   </si>
   <si>
     <t>16.01</t>
   </si>
   <si>
     <t>Эдгар Галимов</t>
   </si>
   <si>
     <t>Шамиль Сабитов</t>
   </si>
   <si>
     <t>20.55</t>
   </si>
   <si>
     <t>Александр Горбунов</t>
   </si>
   <si>
-    <t>21.23</t>
+    <t>24.19</t>
   </si>
   <si>
     <t>19.03</t>
   </si>
   <si>
     <t>Леонид Кузнецов</t>
   </si>
   <si>
     <t>25.01</t>
   </si>
   <si>
     <t>20.52</t>
   </si>
   <si>
     <t>Арслан Галяутдинов</t>
   </si>
   <si>
     <t>25.52</t>
   </si>
   <si>
     <t>20.96</t>
   </si>
   <si>
     <t>Никита Яшин</t>
   </si>
@@ -893,121 +890,121 @@
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>55</v>
@@ -1047,280 +1044,280 @@
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D22" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D23" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>68</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D25" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>72</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C26" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D26" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>74</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>77</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>80</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>83</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>86</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>89</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>92</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>95</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>98</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>101</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>104</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>107</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>110</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="B40" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C40" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>