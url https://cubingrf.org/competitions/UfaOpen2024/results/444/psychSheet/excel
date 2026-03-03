--- v0 (2026-01-16)
+++ v1 (2026-03-03)
@@ -12,260 +12,257 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
-    <t>35.97</t>
-[...2 lines deleted...]
-    <t>29.41</t>
+    <t>35.39</t>
+  </si>
+  <si>
+    <t>28.44</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>39.02</t>
   </si>
   <si>
     <t>34.36</t>
   </si>
   <si>
+    <t>Максим Козловский</t>
+  </si>
+  <si>
+    <t>43.34</t>
+  </si>
+  <si>
+    <t>36.85</t>
+  </si>
+  <si>
     <t>Чингизхан Мухаметдинов</t>
   </si>
   <si>
-    <t>41.51</t>
-[...11 lines deleted...]
-    <t>36.85</t>
+    <t>44.12</t>
+  </si>
+  <si>
+    <t>36.57</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
-    <t>45.27</t>
+    <t>44.48</t>
   </si>
   <si>
     <t>37.68</t>
   </si>
   <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>48.24</t>
+  </si>
+  <si>
+    <t>42.65</t>
+  </si>
+  <si>
+    <t>Платон Кабаков</t>
+  </si>
+  <si>
+    <t>49.97</t>
+  </si>
+  <si>
+    <t>39.05</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
+  </si>
+  <si>
+    <t>53.05</t>
+  </si>
+  <si>
+    <t>43.67</t>
+  </si>
+  <si>
     <t>Степан Матвеев</t>
   </si>
   <si>
-    <t>45.54</t>
-[...11 lines deleted...]
-    <t>42.65</t>
+    <t>53.73</t>
+  </si>
+  <si>
+    <t>49.32</t>
+  </si>
+  <si>
+    <t>Максим Темнышов</t>
+  </si>
+  <si>
+    <t>54.17</t>
+  </si>
+  <si>
+    <t>46.28</t>
   </si>
   <si>
     <t>Руслан Романенко</t>
   </si>
   <si>
-    <t>48.98</t>
-[...29 lines deleted...]
-    <t>46.28</t>
+    <t>54.71</t>
+  </si>
+  <si>
+    <t>43.21</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
     <t>1:03.70</t>
   </si>
   <si>
-    <t>57.41</t>
+    <t>58.02</t>
   </si>
   <si>
     <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>1:04.04</t>
   </si>
   <si>
     <t>55.40</t>
   </si>
   <si>
+    <t>Эдгар Галимов</t>
+  </si>
+  <si>
+    <t>1:09.53</t>
+  </si>
+  <si>
+    <t>1:05.23</t>
+  </si>
+  <si>
     <t>Марк Бурлуцкий</t>
   </si>
   <si>
-    <t>1:08.22</t>
-[...11 lines deleted...]
-    <t>1:05.23</t>
+    <t>1:12.10</t>
+  </si>
+  <si>
+    <t>1:09.76</t>
   </si>
   <si>
     <t>Родион Першин</t>
   </si>
   <si>
     <t>1:14.46</t>
   </si>
   <si>
     <t>1:00.38</t>
   </si>
   <si>
     <t>Владимир Щеглов</t>
   </si>
   <si>
     <t>1:14.87</t>
   </si>
   <si>
     <t>1:07.03</t>
   </si>
   <si>
     <t>Ролан Хайретдинов</t>
   </si>
   <si>
     <t>1:36.12</t>
   </si>
   <si>
     <t>1:26.65</t>
   </si>
   <si>
     <t>Илья Зибарев</t>
   </si>
   <si>
     <t>1:47.11</t>
   </si>
   <si>
     <t>1:28.77</t>
   </si>
   <si>
+    <t>Александр Горбунов</t>
+  </si>
+  <si>
+    <t>2:10.48</t>
+  </si>
+  <si>
+    <t>1:37.51</t>
+  </si>
+  <si>
+    <t>Семен Авдеев</t>
+  </si>
+  <si>
+    <t>2:15.33</t>
+  </si>
+  <si>
+    <t>1:28.14</t>
+  </si>
+  <si>
     <t>Максим Чечнев</t>
   </si>
   <si>
-    <t>1:47.94</t>
-[...20 lines deleted...]
-    <t>1:28.14</t>
+    <t>1:45.44</t>
   </si>
   <si>
     <t>Арслан Галяутдинов</t>
   </si>
   <si>
     <t>2:04.69</t>
   </si>
   <si>
     <t>Леонид Кузнецов</t>
   </si>
   <si>
     <t>2:42.72</t>
   </si>
   <si>
     <t>Денис Муслюмов</t>
   </si>
   <si>
     <t>Иван Болтрукевич</t>
   </si>
   <si>
     <t>Макар Якупан</t>
   </si>
   <si>
     <t>Михаил Силкин</t>
   </si>
@@ -935,108 +932,106 @@
       <c r="D21" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D22" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>67</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="C23" s="1"/>
+      <c r="D23" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="B26" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C26" s="1"/>
     </row>
     <row r="27" spans="1:4">
       <c r="B27" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C27" s="1"/>
     </row>
     <row r="28" spans="1:4">
       <c r="B28" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C28" s="1"/>
     </row>
     <row r="29" spans="1:4">
       <c r="B29" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C29" s="1"/>
     </row>
     <row r="30" spans="1:4">
       <c r="B30" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C30" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>