--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,330 +17,330 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Stepan Shchevelev</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>6.55</t>
   </si>
   <si>
     <t>5.25</t>
   </si>
   <si>
-    <t>Platon Kabakov</t>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>6.79</t>
   </si>
   <si>
     <t>5.19</t>
   </si>
   <si>
-    <t>Darya Belonogova</t>
+    <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>8.39</t>
   </si>
   <si>
     <t>5.79</t>
   </si>
   <si>
-    <t>Stepan Matveev</t>
+    <t>Степан Матвеев</t>
   </si>
   <si>
     <t>8.70</t>
   </si>
   <si>
     <t>6.93</t>
   </si>
   <si>
-    <t>Arseniy Kislitsyn</t>
+    <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>9.30</t>
   </si>
   <si>
     <t>8.18</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>9.31</t>
   </si>
   <si>
     <t>6.63</t>
   </si>
   <si>
-    <t>Rodion Pershin</t>
+    <t>Родион Першин</t>
   </si>
   <si>
     <t>10.01</t>
   </si>
   <si>
     <t>8.78</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
     <t>7.16</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>11.20</t>
   </si>
   <si>
     <t>9.48</t>
   </si>
   <si>
-    <t>Vladimir Shcheglov</t>
+    <t>Владимир Щеглов</t>
   </si>
   <si>
     <t>11.32</t>
   </si>
   <si>
     <t>9.76</t>
   </si>
   <si>
-    <t>Guzel Ziyangirova</t>
+    <t>Гузель Зиянгирова</t>
   </si>
   <si>
     <t>12.98</t>
   </si>
   <si>
     <t>9.53</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>13.04</t>
   </si>
   <si>
     <t>9.94</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>13.84</t>
   </si>
   <si>
     <t>9.38</t>
   </si>
   <si>
-    <t>Ruslan Romanenko</t>
+    <t>Руслан Романенко</t>
   </si>
   <si>
     <t>15.50</t>
   </si>
   <si>
     <t>9.27</t>
   </si>
   <si>
-    <t>Vasily Stasyev</t>
+    <t>Василий Стасьев</t>
   </si>
   <si>
     <t>17.82</t>
   </si>
   <si>
     <t>13.18</t>
   </si>
   <si>
-    <t>Maksim Temnyshov</t>
+    <t>Максим Темнышов</t>
   </si>
   <si>
     <t>17.91</t>
   </si>
   <si>
     <t>15.52</t>
   </si>
   <si>
-    <t>Ivan Boltrukevich</t>
+    <t>Иван Болтрукевич</t>
   </si>
   <si>
     <t>19.94</t>
   </si>
   <si>
     <t>17.72</t>
   </si>
   <si>
-    <t>Ilya Zibarev</t>
+    <t>Илья Зибарев</t>
   </si>
   <si>
     <t>19.99</t>
   </si>
   <si>
     <t>18.21</t>
   </si>
   <si>
-    <t>Semen Avdeyev</t>
+    <t>Семен Авдеев</t>
   </si>
   <si>
     <t>20.43</t>
   </si>
   <si>
     <t>18.26</t>
   </si>
   <si>
-    <t>Chingizkhan Mukhametdinov</t>
+    <t>Чингизхан Мухаметдинов</t>
   </si>
   <si>
     <t>20.89</t>
   </si>
   <si>
     <t>15.70</t>
   </si>
   <si>
-    <t>Rolan Khayretdinov</t>
+    <t>Ролан Хайретдинов</t>
   </si>
   <si>
     <t>21.72</t>
   </si>
   <si>
     <t>18.23</t>
   </si>
   <si>
-    <t>Aleksandr Gorbunov</t>
+    <t>Александр Горбунов</t>
   </si>
   <si>
     <t>23.41</t>
   </si>
   <si>
     <t>21.64</t>
   </si>
   <si>
-    <t>Edgar Galimov</t>
+    <t>Эдгар Галимов</t>
   </si>
   <si>
     <t>23.79</t>
   </si>
   <si>
     <t>20.87</t>
   </si>
   <si>
-    <t>Mark Burlutskiy</t>
+    <t>Марк Бурлуцкий</t>
   </si>
   <si>
     <t>24.86</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
-    <t>Maxim Chechnev</t>
+    <t>Максим Чечнев</t>
   </si>
   <si>
     <t>27.63</t>
   </si>
   <si>
     <t>21.22</t>
   </si>
   <si>
-    <t>Matvey Shirokov</t>
+    <t>Матвей Широков</t>
   </si>
   <si>
     <t>28.56</t>
   </si>
   <si>
     <t>21.06</t>
   </si>
   <si>
-    <t>Denis Muslyumovo</t>
+    <t>Денис Муслюмов</t>
   </si>
   <si>
     <t>29.47</t>
   </si>
   <si>
     <t>20.15</t>
   </si>
   <si>
-    <t>Makar Yakupan</t>
+    <t>Макар Якупан</t>
   </si>
   <si>
     <t>30.23</t>
   </si>
   <si>
     <t>24.84</t>
   </si>
   <si>
-    <t>Eric Magsumov</t>
+    <t>Эрик Магсумов</t>
   </si>
   <si>
     <t>38.47</t>
   </si>
   <si>
-    <t>Mikhail Silkin</t>
+    <t>Михаил Силкин</t>
   </si>
   <si>
     <t>42.82</t>
   </si>
   <si>
-    <t>Ildan Salikhov</t>
-[...5 lines deleted...]
-    <t>Emir Asadullin</t>
+    <t>Ильдан Салихов</t>
+  </si>
+  <si>
+    <t>Леонид Кузнецов</t>
+  </si>
+  <si>
+    <t>Эмир Асадуллин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -663,53 +663,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C34" sqref="C34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>