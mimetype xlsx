--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,326 +12,320 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>6.55</t>
   </si>
   <si>
     <t>5.25</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>6.79</t>
   </si>
   <si>
     <t>5.19</t>
   </si>
   <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>8.39</t>
   </si>
   <si>
     <t>5.79</t>
   </si>
   <si>
+    <t>Арсений Кислицын</t>
+  </si>
+  <si>
+    <t>9.30</t>
+  </si>
+  <si>
+    <t>8.18</t>
+  </si>
+  <si>
+    <t>Даниил Абдулов</t>
+  </si>
+  <si>
+    <t>9.31</t>
+  </si>
+  <si>
+    <t>6.63</t>
+  </si>
+  <si>
+    <t>Родион Першин</t>
+  </si>
+  <si>
+    <t>10.01</t>
+  </si>
+  <si>
+    <t>8.78</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
+  </si>
+  <si>
+    <t>10.22</t>
+  </si>
+  <si>
+    <t>7.16</t>
+  </si>
+  <si>
     <t>Степан Матвеев</t>
   </si>
   <si>
-    <t>8.70</t>
-[...38 lines deleted...]
-    <t>7.16</t>
+    <t>10.90</t>
+  </si>
+  <si>
+    <t>8.49</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>11.20</t>
   </si>
   <si>
     <t>9.48</t>
   </si>
   <si>
     <t>Владимир Щеглов</t>
   </si>
   <si>
     <t>11.32</t>
   </si>
   <si>
     <t>9.76</t>
   </si>
   <si>
     <t>Гузель Зиянгирова</t>
   </si>
   <si>
     <t>12.98</t>
   </si>
   <si>
     <t>9.53</t>
   </si>
   <si>
     <t>Максим Козловский</t>
   </si>
   <si>
     <t>13.04</t>
   </si>
   <si>
     <t>9.94</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>13.84</t>
   </si>
   <si>
     <t>9.38</t>
   </si>
   <si>
     <t>Руслан Романенко</t>
   </si>
   <si>
-    <t>15.50</t>
+    <t>15.85</t>
   </si>
   <si>
     <t>9.27</t>
   </si>
   <si>
+    <t>Максим Темнышов</t>
+  </si>
+  <si>
+    <t>17.91</t>
+  </si>
+  <si>
+    <t>15.52</t>
+  </si>
+  <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>17.82</t>
-[...11 lines deleted...]
-    <t>15.52</t>
+    <t>18.60</t>
+  </si>
+  <si>
+    <t>16.11</t>
   </si>
   <si>
     <t>Иван Болтрукевич</t>
   </si>
   <si>
     <t>19.94</t>
   </si>
   <si>
     <t>17.72</t>
   </si>
   <si>
     <t>Илья Зибарев</t>
   </si>
   <si>
     <t>19.99</t>
   </si>
   <si>
     <t>18.21</t>
   </si>
   <si>
     <t>Семен Авдеев</t>
   </si>
   <si>
     <t>20.43</t>
   </si>
   <si>
     <t>18.26</t>
   </si>
   <si>
+    <t>Ролан Хайретдинов</t>
+  </si>
+  <si>
+    <t>21.72</t>
+  </si>
+  <si>
+    <t>18.23</t>
+  </si>
+  <si>
     <t>Чингизхан Мухаметдинов</t>
   </si>
   <si>
-    <t>20.89</t>
-[...11 lines deleted...]
-    <t>18.23</t>
+    <t>22.13</t>
+  </si>
+  <si>
+    <t>16.13</t>
+  </si>
+  <si>
+    <t>Эдгар Галимов</t>
+  </si>
+  <si>
+    <t>23.79</t>
+  </si>
+  <si>
+    <t>20.87</t>
+  </si>
+  <si>
+    <t>Матвей Широков</t>
+  </si>
+  <si>
+    <t>28.56</t>
+  </si>
+  <si>
+    <t>21.06</t>
+  </si>
+  <si>
+    <t>Максим Чечнев</t>
+  </si>
+  <si>
+    <t>28.72</t>
+  </si>
+  <si>
+    <t>24.82</t>
+  </si>
+  <si>
+    <t>Денис Муслюмов</t>
+  </si>
+  <si>
+    <t>29.47</t>
+  </si>
+  <si>
+    <t>20.15</t>
+  </si>
+  <si>
+    <t>Макар Якупан</t>
+  </si>
+  <si>
+    <t>30.23</t>
+  </si>
+  <si>
+    <t>24.84</t>
+  </si>
+  <si>
+    <t>Марк Бурлуцкий</t>
+  </si>
+  <si>
+    <t>30.90</t>
+  </si>
+  <si>
+    <t>Эрик Магсумов</t>
+  </si>
+  <si>
+    <t>38.47</t>
+  </si>
+  <si>
+    <t>Михаил Силкин</t>
+  </si>
+  <si>
+    <t>42.82</t>
   </si>
   <si>
     <t>Александр Горбунов</t>
   </si>
   <si>
-    <t>23.41</t>
-[...68 lines deleted...]
-    <t>42.82</t>
+    <t>46.95</t>
   </si>
   <si>
     <t>Ильдан Салихов</t>
   </si>
   <si>
     <t>Леонид Кузнецов</t>
   </si>
   <si>
     <t>Эмир Асадуллин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1053,110 +1047,106 @@
       <c r="D26" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>79</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D27" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>82</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="C28" s="1"/>
+      <c r="D28" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>84</v>
+      </c>
+      <c r="C29" s="1"/>
+      <c r="D29" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="B32" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C32" s="1"/>
     </row>
     <row r="33" spans="1:4">
       <c r="B33" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C33" s="1"/>
     </row>
     <row r="34" spans="1:4">
       <c r="B34" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C34" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>