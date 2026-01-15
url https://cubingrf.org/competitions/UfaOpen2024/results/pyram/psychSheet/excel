--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,378 +17,378 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Platon Kabakov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>3.85</t>
   </si>
   <si>
     <t>2.44</t>
   </si>
   <si>
-    <t>Stepan Shchevelev</t>
+    <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>4.39</t>
   </si>
   <si>
     <t>2.27</t>
   </si>
   <si>
-    <t>Rodion Pershin</t>
+    <t>Родион Першин</t>
   </si>
   <si>
     <t>4.47</t>
   </si>
   <si>
     <t>3.46</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>4.62</t>
   </si>
   <si>
     <t>2.17</t>
   </si>
   <si>
-    <t>Chingizkhan Mukhametdinov</t>
+    <t>Чингизхан Мухаметдинов</t>
   </si>
   <si>
     <t>5.30</t>
   </si>
   <si>
     <t>2.59</t>
   </si>
   <si>
-    <t>Darya Belonogova</t>
+    <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>5.34</t>
   </si>
   <si>
     <t>3.12</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
-    <t>Vasily Stasyev</t>
+    <t>Василий Стасьев</t>
   </si>
   <si>
     <t>5.53</t>
   </si>
   <si>
     <t>3.32</t>
   </si>
   <si>
-    <t>Stepan Matveev</t>
+    <t>Степан Матвеев</t>
   </si>
   <si>
     <t>6.23</t>
   </si>
   <si>
     <t>3.99</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>6.34</t>
   </si>
   <si>
     <t>3.95</t>
   </si>
   <si>
-    <t>Maksim Temnyshov</t>
+    <t>Максим Темнышов</t>
   </si>
   <si>
     <t>6.36</t>
   </si>
   <si>
     <t>4.41</t>
   </si>
   <si>
-    <t>Arseniy Kislitsyn</t>
+    <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>6.44</t>
   </si>
   <si>
     <t>3.40</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>7.57</t>
   </si>
   <si>
     <t>5.71</t>
   </si>
   <si>
-    <t>Vladimir Shcheglov</t>
+    <t>Владимир Щеглов</t>
   </si>
   <si>
     <t>7.81</t>
   </si>
   <si>
     <t>4.98</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>8.80</t>
   </si>
   <si>
     <t>5.48</t>
   </si>
   <si>
-    <t>Rolan Khayretdinov</t>
+    <t>Ролан Хайретдинов</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>6.71</t>
   </si>
   <si>
-    <t>Ilya Zibarev</t>
+    <t>Илья Зибарев</t>
   </si>
   <si>
     <t>9.49</t>
   </si>
   <si>
     <t>8.12</t>
   </si>
   <si>
-    <t>Edgar Galimov</t>
+    <t>Эдгар Галимов</t>
   </si>
   <si>
     <t>9.93</t>
   </si>
   <si>
     <t>8.37</t>
   </si>
   <si>
-    <t>Semen Avdeyev</t>
+    <t>Семен Авдеев</t>
   </si>
   <si>
     <t>10.30</t>
   </si>
   <si>
     <t>5.67</t>
   </si>
   <si>
-    <t>Ruslan Romanenko</t>
+    <t>Руслан Романенко</t>
   </si>
   <si>
     <t>10.37</t>
   </si>
   <si>
     <t>9.16</t>
   </si>
   <si>
-    <t>Mark Burlutskiy</t>
+    <t>Марк Бурлуцкий</t>
   </si>
   <si>
     <t>11.09</t>
   </si>
   <si>
     <t>6.22</t>
   </si>
   <si>
-    <t>Ivan Boltrukevich</t>
+    <t>Иван Болтрукевич</t>
   </si>
   <si>
     <t>11.12</t>
   </si>
   <si>
     <t>7.48</t>
   </si>
   <si>
-    <t>Maxim Chechnev</t>
+    <t>Максим Чечнев</t>
   </si>
   <si>
     <t>11.24</t>
   </si>
   <si>
     <t>5.38</t>
   </si>
   <si>
-    <t>Guzel Ziyangirova</t>
+    <t>Гузель Зиянгирова</t>
   </si>
   <si>
     <t>11.58</t>
   </si>
   <si>
     <t>9.20</t>
   </si>
   <si>
-    <t>Shamil Sabitov</t>
+    <t>Шамиль Сабитов</t>
   </si>
   <si>
     <t>12.32</t>
   </si>
   <si>
     <t>9.78</t>
   </si>
   <si>
-    <t>Denis Muslyumovo</t>
+    <t>Денис Муслюмов</t>
   </si>
   <si>
     <t>9.94</t>
   </si>
   <si>
-    <t>Aleksandr Gorbunov</t>
+    <t>Александр Горбунов</t>
   </si>
   <si>
     <t>12.61</t>
   </si>
   <si>
     <t>8.65</t>
   </si>
   <si>
-    <t>Nikita Yashin</t>
+    <t>Никита Яшин</t>
   </si>
   <si>
     <t>12.80</t>
   </si>
   <si>
     <t>8.96</t>
   </si>
   <si>
-    <t>Leonid Kuznetsov</t>
+    <t>Леонид Кузнецов</t>
   </si>
   <si>
     <t>15.00</t>
   </si>
   <si>
     <t>8.27</t>
   </si>
   <si>
-    <t>Emir Asadullin</t>
+    <t>Эмир Асадуллин</t>
   </si>
   <si>
     <t>15.39</t>
   </si>
   <si>
     <t>8.57</t>
   </si>
   <si>
-    <t>Mikhail Silkin</t>
+    <t>Михаил Силкин</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
     <t>7.25</t>
   </si>
   <si>
-    <t>Ivan Minigaraev</t>
+    <t>Иван Минигараев</t>
   </si>
   <si>
     <t>16.25</t>
   </si>
   <si>
     <t>11.36</t>
   </si>
   <si>
-    <t>Daniel Minniakhmetov</t>
+    <t>Даниэль Минниахметов</t>
   </si>
   <si>
     <t>16.61</t>
   </si>
   <si>
     <t>8.22</t>
   </si>
   <si>
-    <t>Ailina Asadullina</t>
+    <t>Айлина Асадуллина</t>
   </si>
   <si>
     <t>20.34</t>
   </si>
   <si>
     <t>16.66</t>
   </si>
   <si>
-    <t>Makar Yakupan</t>
+    <t>Макар Якупан</t>
   </si>
   <si>
     <t>21.16</t>
   </si>
   <si>
     <t>17.62</t>
   </si>
   <si>
-    <t>Eric Magsumov</t>
+    <t>Эрик Магсумов</t>
   </si>
   <si>
     <t>23.93</t>
   </si>
   <si>
     <t>17.76</t>
   </si>
   <si>
-    <t>Ildan Salikhov</t>
+    <t>Ильдан Салихов</t>
   </si>
   <si>
     <t>27.05</t>
   </si>
   <si>
     <t>23.21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -717,53 +717,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C38" sqref="C38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>