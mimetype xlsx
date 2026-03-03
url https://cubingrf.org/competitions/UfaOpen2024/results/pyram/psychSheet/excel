--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -62,135 +62,135 @@
   <si>
     <t>4.39</t>
   </si>
   <si>
     <t>2.27</t>
   </si>
   <si>
     <t>Родион Першин</t>
   </si>
   <si>
     <t>4.47</t>
   </si>
   <si>
     <t>3.46</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>4.62</t>
   </si>
   <si>
     <t>2.17</t>
   </si>
   <si>
+    <t>Дарья Белоногова</t>
+  </si>
+  <si>
+    <t>5.34</t>
+  </si>
+  <si>
+    <t>3.12</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
+  </si>
+  <si>
+    <t>5.35</t>
+  </si>
+  <si>
     <t>Чингизхан Мухаметдинов</t>
   </si>
   <si>
-    <t>5.30</t>
-[...17 lines deleted...]
-    <t>5.35</t>
+    <t>6.14</t>
+  </si>
+  <si>
+    <t>4.45</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
+  </si>
+  <si>
+    <t>6.34</t>
+  </si>
+  <si>
+    <t>3.95</t>
+  </si>
+  <si>
+    <t>Арсений Кислицын</t>
+  </si>
+  <si>
+    <t>6.44</t>
+  </si>
+  <si>
+    <t>3.40</t>
+  </si>
+  <si>
+    <t>Степан Матвеев</t>
+  </si>
+  <si>
+    <t>7.15</t>
+  </si>
+  <si>
+    <t>3.99</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>5.53</t>
-[...20 lines deleted...]
-    <t>3.95</t>
+    <t>7.24</t>
+  </si>
+  <si>
+    <t>4.52</t>
   </si>
   <si>
     <t>Максим Темнышов</t>
   </si>
   <si>
-    <t>6.36</t>
+    <t>7.50</t>
   </si>
   <si>
     <t>4.41</t>
   </si>
   <si>
-    <t>Арсений Кислицын</t>
-[...7 lines deleted...]
-  <si>
     <t>Максим Козловский</t>
   </si>
   <si>
     <t>7.57</t>
   </si>
   <si>
     <t>5.71</t>
   </si>
   <si>
     <t>Владимир Щеглов</t>
   </si>
   <si>
     <t>7.81</t>
   </si>
   <si>
-    <t>4.98</t>
+    <t>6.54</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>8.80</t>
   </si>
   <si>
     <t>5.48</t>
   </si>
   <si>
     <t>Ролан Хайретдинов</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>6.71</t>
   </si>
   <si>
     <t>Илья Зибарев</t>
   </si>
   <si>
     <t>9.49</t>
   </si>
@@ -221,159 +221,159 @@
   <si>
     <t>10.37</t>
   </si>
   <si>
     <t>9.16</t>
   </si>
   <si>
     <t>Марк Бурлуцкий</t>
   </si>
   <si>
     <t>11.09</t>
   </si>
   <si>
     <t>6.22</t>
   </si>
   <si>
     <t>Иван Болтрукевич</t>
   </si>
   <si>
     <t>11.12</t>
   </si>
   <si>
     <t>7.48</t>
   </si>
   <si>
+    <t>Гузель Зиянгирова</t>
+  </si>
+  <si>
+    <t>11.58</t>
+  </si>
+  <si>
+    <t>9.20</t>
+  </si>
+  <si>
+    <t>Шамиль Сабитов</t>
+  </si>
+  <si>
+    <t>12.32</t>
+  </si>
+  <si>
+    <t>9.78</t>
+  </si>
+  <si>
+    <t>Денис Муслюмов</t>
+  </si>
+  <si>
+    <t>9.94</t>
+  </si>
+  <si>
+    <t>Александр Горбунов</t>
+  </si>
+  <si>
+    <t>12.61</t>
+  </si>
+  <si>
+    <t>9.39</t>
+  </si>
+  <si>
+    <t>Никита Яшин</t>
+  </si>
+  <si>
+    <t>12.80</t>
+  </si>
+  <si>
+    <t>8.96</t>
+  </si>
+  <si>
     <t>Максим Чечнев</t>
   </si>
   <si>
-    <t>11.24</t>
-[...44 lines deleted...]
-    <t>8.96</t>
+    <t>14.78</t>
+  </si>
+  <si>
+    <t>11.61</t>
   </si>
   <si>
     <t>Леонид Кузнецов</t>
   </si>
   <si>
     <t>15.00</t>
   </si>
   <si>
     <t>8.27</t>
   </si>
   <si>
     <t>Эмир Асадуллин</t>
   </si>
   <si>
-    <t>15.39</t>
-[...2 lines deleted...]
-    <t>8.57</t>
+    <t>15.47</t>
+  </si>
+  <si>
+    <t>11.89</t>
   </si>
   <si>
     <t>Михаил Силкин</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
     <t>7.25</t>
   </si>
   <si>
     <t>Иван Минигараев</t>
   </si>
   <si>
     <t>16.25</t>
   </si>
   <si>
     <t>11.36</t>
   </si>
   <si>
     <t>Даниэль Минниахметов</t>
   </si>
   <si>
     <t>16.61</t>
   </si>
   <si>
     <t>8.22</t>
   </si>
   <si>
     <t>Айлина Асадуллина</t>
   </si>
   <si>
     <t>20.34</t>
   </si>
   <si>
     <t>16.66</t>
   </si>
   <si>
     <t>Макар Якупан</t>
   </si>
   <si>
-    <t>21.16</t>
+    <t>21.18</t>
   </si>
   <si>
     <t>17.62</t>
   </si>
   <si>
     <t>Эрик Магсумов</t>
   </si>
   <si>
     <t>23.93</t>
   </si>
   <si>
     <t>17.76</t>
   </si>
   <si>
     <t>Ильдан Салихов</t>
   </si>
   <si>
     <t>27.05</t>
   </si>
   <si>
     <t>23.21</t>
   </si>
 </sst>
 </file>
 
@@ -817,65 +817,65 @@
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="D8" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>28</v>
@@ -1080,65 +1080,65 @@
         <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>72</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D25" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>75</v>
       </c>
       <c r="C26" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D26" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>77</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="D27" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>80</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D28" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>83</v>