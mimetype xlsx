--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -74,117 +74,117 @@
   <si>
     <t>7.17</t>
   </si>
   <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>8.53</t>
   </si>
   <si>
     <t>6.67</t>
   </si>
   <si>
     <t>Антон Орлович</t>
   </si>
   <si>
     <t>9.87</t>
   </si>
   <si>
     <t>8.41</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
-    <t>10.65</t>
+    <t>10.18</t>
   </si>
   <si>
     <t>8.11</t>
   </si>
   <si>
     <t>Чингизхан Мухаметдинов</t>
   </si>
   <si>
     <t>10.66</t>
   </si>
   <si>
     <t>7.56</t>
   </si>
   <si>
     <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>11.48</t>
   </si>
   <si>
     <t>8.17</t>
   </si>
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
-    <t>12.05</t>
-[...2 lines deleted...]
-    <t>10.47</t>
+    <t>11.67</t>
+  </si>
+  <si>
+    <t>9.51</t>
   </si>
   <si>
     <t>Родион Першин</t>
   </si>
   <si>
     <t>13.55</t>
   </si>
   <si>
     <t>11.68</t>
   </si>
   <si>
     <t>Егор Христич</t>
   </si>
   <si>
     <t>14.85</t>
   </si>
   <si>
     <t>12.86</t>
   </si>
   <si>
     <t>Ролан Хайретдинов</t>
   </si>
   <si>
     <t>16.37</t>
   </si>
   <si>
     <t>12.98</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
     <t>16.87</t>
   </si>
   <si>
-    <t>14.65</t>
+    <t>15.02</t>
   </si>
   <si>
     <t>Глеб Файзуллин</t>
   </si>
   <si>
     <t>17.71</t>
   </si>
   <si>
     <t>13.64</t>
   </si>
   <si>
     <t>Михаил Миняев</t>
   </si>
   <si>
     <t>19.32</t>
   </si>
   <si>
     <t>16.49</t>
   </si>
   <si>
     <t>Лев Копылов</t>
   </si>
   <si>
     <t>19.40</t>
   </si>