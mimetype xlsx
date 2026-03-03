--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -38,126 +38,126 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Максим Безъязыков</t>
   </si>
   <si>
     <t>12.25</t>
   </si>
   <si>
     <t>10.24</t>
   </si>
   <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
-    <t>16.16</t>
+    <t>15.94</t>
   </si>
   <si>
     <t>13.75</t>
   </si>
   <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>17.59</t>
+  </si>
+  <si>
+    <t>13.22</t>
+  </si>
+  <si>
     <t>Антон Орлович</t>
   </si>
   <si>
-    <t>17.31</t>
-[...11 lines deleted...]
-    <t>13.22</t>
+    <t>19.22</t>
+  </si>
+  <si>
+    <t>15.74</t>
+  </si>
+  <si>
+    <t>Платон Кабаков</t>
+  </si>
+  <si>
+    <t>20.96</t>
+  </si>
+  <si>
+    <t>15.01</t>
+  </si>
+  <si>
+    <t>Степан Щевелёв</t>
+  </si>
+  <si>
+    <t>22.97</t>
+  </si>
+  <si>
+    <t>16.91</t>
   </si>
   <si>
     <t>Чингизхан Мухаметдинов</t>
   </si>
   <si>
-    <t>18.97</t>
-[...20 lines deleted...]
-    <t>16.91</t>
+    <t>23.63</t>
+  </si>
+  <si>
+    <t>19.46</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>24.37</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
     <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>33.25</t>
   </si>
   <si>
     <t>21.99</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
     <t>35.85</t>
   </si>
   <si>
-    <t>28.88</t>
+    <t>32.18</t>
   </si>
   <si>
     <t>Родион Першин</t>
   </si>
   <si>
     <t>40.76</t>
   </si>
   <si>
     <t>35.05</t>
   </si>
   <si>
     <t>Ролан Хайретдинов</t>
   </si>
   <si>
     <t>42.27</t>
   </si>
   <si>
     <t>31.49</t>
   </si>
   <si>
     <t>Батырхан Гайсин</t>
   </si>
   <si>
     <t>58.96</t>
   </si>