--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -29,117 +29,117 @@
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
-    <t>1:03.83</t>
+    <t>1:00.51</t>
   </si>
   <si>
     <t>55.86</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>1:09.32</t>
   </si>
   <si>
-    <t>1:00.05</t>
+    <t>57.96</t>
   </si>
   <si>
     <t>Максим Безъязыков</t>
   </si>
   <si>
     <t>1:11.79</t>
   </si>
   <si>
     <t>1:09.98</t>
   </si>
   <si>
     <t>Чингизхан Мухаметдинов</t>
   </si>
   <si>
-    <t>1:15.87</t>
-[...2 lines deleted...]
-    <t>1:11.05</t>
+    <t>1:20.99</t>
+  </si>
+  <si>
+    <t>1:13.62</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:34.57</t>
   </si>
   <si>
     <t>1:24.90</t>
   </si>
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>1:43.43</t>
   </si>
   <si>
     <t>1:29.05</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>1:46.97</t>
   </si>
   <si>
     <t>1:38.45</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>1:53.44</t>
-[...2 lines deleted...]
-    <t>1:41.29</t>
+    <t>1:57.04</t>
+  </si>
+  <si>
+    <t>1:47.63</t>
   </si>
   <si>
     <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>2:22.28</t>
   </si>
   <si>
     <t>2:00.86</t>
   </si>
   <si>
     <t>Батырхан Гайсин</t>
   </si>
   <si>
     <t>2:23.20</t>
   </si>
   <si>
     <t>2:10.24</t>
   </si>
   <si>
     <t>Родион Першин</t>
   </si>
   <si>
     <t>2:34.64</t>
   </si>