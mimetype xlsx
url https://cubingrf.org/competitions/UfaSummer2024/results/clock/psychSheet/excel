--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -107,84 +107,84 @@
   <si>
     <t>10.01</t>
   </si>
   <si>
     <t>8.78</t>
   </si>
   <si>
     <t>Гузель Зиянгирова</t>
   </si>
   <si>
     <t>12.98</t>
   </si>
   <si>
     <t>9.53</t>
   </si>
   <si>
     <t>Владимир Першин</t>
   </si>
   <si>
     <t>14.65</t>
   </si>
   <si>
     <t>12.29</t>
   </si>
   <si>
+    <t>Батырхан Гайсин</t>
+  </si>
+  <si>
+    <t>18.16</t>
+  </si>
+  <si>
+    <t>14.67</t>
+  </si>
+  <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>17.82</t>
-[...11 lines deleted...]
-    <t>14.67</t>
+    <t>18.60</t>
+  </si>
+  <si>
+    <t>16.11</t>
+  </si>
+  <si>
+    <t>Ролан Хайретдинов</t>
+  </si>
+  <si>
+    <t>21.72</t>
+  </si>
+  <si>
+    <t>18.23</t>
   </si>
   <si>
     <t>Чингизхан Мухаметдинов</t>
   </si>
   <si>
-    <t>20.89</t>
-[...11 lines deleted...]
-    <t>18.23</t>
+    <t>22.13</t>
+  </si>
+  <si>
+    <t>16.13</t>
   </si>
   <si>
     <t>Даниэль Минниахметов</t>
   </si>
   <si>
     <t>22.68</t>
   </si>
   <si>
     <t>18.11</t>
   </si>
   <si>
     <t>Юлия Козлова</t>
   </si>
   <si>
     <t>24.39</t>
   </si>
   <si>
     <t>20.41</t>
   </si>
   <si>
     <t>Михаил Миняев</t>
   </si>
   <si>
     <t>26.40</t>
   </si>