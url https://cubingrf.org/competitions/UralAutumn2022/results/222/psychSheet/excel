--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -32,177 +32,177 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>2.25</t>
   </si>
   <si>
-    <t>1.09</t>
+    <t>1.71</t>
   </si>
   <si>
     <t>Максим Безъязыков</t>
   </si>
   <si>
     <t>2.62</t>
   </si>
   <si>
     <t>1.70</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>2.95</t>
   </si>
   <si>
     <t>1.56</t>
   </si>
   <si>
     <t>Артём Васильченко</t>
   </si>
   <si>
     <t>3.21</t>
   </si>
   <si>
     <t>1.93</t>
   </si>
   <si>
     <t>Илья Шалашный</t>
   </si>
   <si>
-    <t>4.17</t>
-[...2 lines deleted...]
-    <t>2.18</t>
+    <t>4.20</t>
+  </si>
+  <si>
+    <t>2.44</t>
   </si>
   <si>
     <t>Евгений Ткачёв</t>
   </si>
   <si>
     <t>4.44</t>
   </si>
   <si>
     <t>2.46</t>
   </si>
   <si>
     <t>Даниил Лукин</t>
   </si>
   <si>
     <t>4.57</t>
   </si>
   <si>
-    <t>2.17</t>
+    <t>3.82</t>
+  </si>
+  <si>
+    <t>Семён Рудик</t>
+  </si>
+  <si>
+    <t>4.92</t>
+  </si>
+  <si>
+    <t>2.42</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
-    <t>4.65</t>
-[...11 lines deleted...]
-    <t>2.42</t>
+    <t>4.96</t>
+  </si>
+  <si>
+    <t>2.24</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>5.02</t>
   </si>
   <si>
     <t>2.58</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>5.66</t>
-[...2 lines deleted...]
-    <t>2.14</t>
+    <t>5.74</t>
+  </si>
+  <si>
+    <t>3.09</t>
   </si>
   <si>
     <t>Ислам Ражев</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
   <si>
     <t>3.84</t>
   </si>
   <si>
     <t>Батырхан Гайсин</t>
   </si>
   <si>
     <t>6.31</t>
   </si>
   <si>
     <t>3.37</t>
   </si>
   <si>
     <t>Азалия Гафарова</t>
   </si>
   <si>
     <t>6.40</t>
   </si>
   <si>
     <t>5.01</t>
   </si>
   <si>
     <t>Алексей Барвинк</t>
   </si>
   <si>
-    <t>7.04</t>
-[...2 lines deleted...]
-    <t>4.71</t>
+    <t>7.80</t>
+  </si>
+  <si>
+    <t>4.84</t>
   </si>
   <si>
     <t>Кирилл Бутаков</t>
   </si>
   <si>
     <t>10.96</t>
   </si>
   <si>
     <t>9.40</t>
   </si>
   <si>
     <t>Анна Касаткина</t>
   </si>
   <si>
     <t>11.07</t>
   </si>
   <si>
     <t>10.06</t>
   </si>
   <si>
     <t>Арсений Ураков</t>
   </si>
   <si>
     <t>13.04</t>
   </si>