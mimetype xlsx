--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,231 +17,231 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Максим Безъязыков</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Maksim Bezʺyazykov</t>
   </si>
   <si>
     <t>7.84</t>
   </si>
   <si>
     <t>6.28</t>
   </si>
   <si>
-    <t>Вячеслав Кочергин</t>
+    <t>Vyacheslav Kochergin</t>
   </si>
   <si>
     <t>8.06</t>
   </si>
   <si>
     <t>6.81</t>
   </si>
   <si>
-    <t>Илья Шалашный</t>
+    <t>Ilya Shalashny</t>
   </si>
   <si>
     <t>9.37</t>
   </si>
   <si>
     <t>7.41</t>
   </si>
   <si>
-    <t>Дмитрий Душейко</t>
+    <t>Dmitrii Dusheiko</t>
   </si>
   <si>
     <t>9.40</t>
   </si>
   <si>
     <t>8.21</t>
   </si>
   <si>
-    <t>Артём Васильченко</t>
+    <t>Artem Vasilchenko</t>
   </si>
   <si>
     <t>11.30</t>
   </si>
   <si>
     <t>9.30</t>
   </si>
   <si>
-    <t>Тимофей Терещенко</t>
+    <t>Timofey Tereshchenko</t>
   </si>
   <si>
     <t>12.63</t>
   </si>
   <si>
     <t>8.58</t>
   </si>
   <si>
-    <t>Алексей Барвинк</t>
+    <t>Aleksey Bakulin</t>
   </si>
   <si>
     <t>13.35</t>
   </si>
   <si>
     <t>10.29</t>
   </si>
   <si>
-    <t>Евгений Ткачёв</t>
+    <t>Evgeniy Tkachev</t>
   </si>
   <si>
     <t>13.62</t>
   </si>
   <si>
     <t>11.12</t>
   </si>
   <si>
-    <t>Семён Рудик</t>
+    <t>Semën Rudik</t>
   </si>
   <si>
     <t>14.10</t>
   </si>
   <si>
     <t>10.23</t>
   </si>
   <si>
-    <t>Александр Катюков</t>
+    <t>Alexander Katyukov</t>
   </si>
   <si>
     <t>15.16</t>
   </si>
   <si>
     <t>10.01</t>
   </si>
   <si>
-    <t>Даниил Лукин</t>
+    <t>Daniil Lukin</t>
   </si>
   <si>
     <t>16.16</t>
   </si>
   <si>
     <t>13.83</t>
   </si>
   <si>
-    <t>Василий Стасьев</t>
+    <t>Vasily Stasyev</t>
   </si>
   <si>
     <t>16.87</t>
   </si>
   <si>
     <t>14.65</t>
   </si>
   <si>
-    <t>Азалия Гафарова</t>
+    <t>Azaliya Gafarova</t>
   </si>
   <si>
     <t>17.63</t>
   </si>
   <si>
     <t>14.40</t>
   </si>
   <si>
-    <t>Батырхан Гайсин</t>
+    <t>Batyrkhan Gaysin</t>
   </si>
   <si>
     <t>20.82</t>
   </si>
   <si>
     <t>17.17</t>
   </si>
   <si>
-    <t>Ислам Ражев</t>
+    <t>Islam Razhev</t>
   </si>
   <si>
     <t>22.22</t>
   </si>
   <si>
     <t>18.54</t>
   </si>
   <si>
-    <t>Анна Касаткина</t>
+    <t>Anna Kasatkina</t>
   </si>
   <si>
     <t>29.61</t>
   </si>
   <si>
     <t>25.77</t>
   </si>
   <si>
-    <t>Кирилл Бутаков</t>
+    <t>Kirill Butakov</t>
   </si>
   <si>
     <t>29.98</t>
   </si>
   <si>
     <t>26.14</t>
   </si>
   <si>
-    <t>Арсений Ураков</t>
+    <t>Arseniy Urakov</t>
   </si>
   <si>
     <t>45.41</t>
   </si>
   <si>
     <t>36.67</t>
   </si>
   <si>
-    <t>Адриан Ураков</t>
+    <t>Adrian Urakov</t>
   </si>
   <si>
     <t>56.44</t>
   </si>
   <si>
     <t>49.49</t>
   </si>
   <si>
-    <t>Елизавета Скрипенкова</t>
+    <t>Yelizaveta Skripenkova</t>
   </si>
   <si>
     <t>1:56.09</t>
   </si>
   <si>
     <t>1:04.39</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -570,51 +570,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C21" sqref="C21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>