--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -17,231 +17,231 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Maksim Bezʺyazykov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Максим Безъязыков</t>
   </si>
   <si>
     <t>7.84</t>
   </si>
   <si>
     <t>6.28</t>
   </si>
   <si>
-    <t>Vyacheslav Kochergin</t>
+    <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>8.06</t>
   </si>
   <si>
-    <t>6.81</t>
-[...2 lines deleted...]
-    <t>Ilya Shalashny</t>
+    <t>6.96</t>
+  </si>
+  <si>
+    <t>Илья Шалашный</t>
   </si>
   <si>
     <t>9.37</t>
   </si>
   <si>
     <t>7.41</t>
   </si>
   <si>
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>9.40</t>
   </si>
   <si>
     <t>8.21</t>
   </si>
   <si>
-    <t>Artem Vasilchenko</t>
+    <t>Артём Васильченко</t>
   </si>
   <si>
     <t>11.30</t>
   </si>
   <si>
     <t>9.30</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>12.63</t>
   </si>
   <si>
     <t>8.58</t>
   </si>
   <si>
-    <t>Aleksey Bakulin</t>
+    <t>Алексей Барвинк</t>
   </si>
   <si>
     <t>13.35</t>
   </si>
   <si>
-    <t>10.29</t>
-[...2 lines deleted...]
-    <t>Evgeniy Tkachev</t>
+    <t>11.49</t>
+  </si>
+  <si>
+    <t>Евгений Ткачёв</t>
   </si>
   <si>
     <t>13.62</t>
   </si>
   <si>
     <t>11.12</t>
   </si>
   <si>
-    <t>Semën Rudik</t>
+    <t>Семён Рудик</t>
   </si>
   <si>
     <t>14.10</t>
   </si>
   <si>
     <t>10.23</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>15.16</t>
   </si>
   <si>
-    <t>10.01</t>
-[...2 lines deleted...]
-    <t>Daniil Lukin</t>
+    <t>12.84</t>
+  </si>
+  <si>
+    <t>Даниил Лукин</t>
   </si>
   <si>
     <t>16.16</t>
   </si>
   <si>
     <t>13.83</t>
   </si>
   <si>
-    <t>Vasily Stasyev</t>
+    <t>Василий Стасьев</t>
   </si>
   <si>
     <t>16.87</t>
   </si>
   <si>
-    <t>14.65</t>
-[...2 lines deleted...]
-    <t>Azaliya Gafarova</t>
+    <t>15.02</t>
+  </si>
+  <si>
+    <t>Азалия Гафарова</t>
   </si>
   <si>
     <t>17.63</t>
   </si>
   <si>
     <t>14.40</t>
   </si>
   <si>
-    <t>Batyrkhan Gaysin</t>
+    <t>Батырхан Гайсин</t>
   </si>
   <si>
     <t>20.82</t>
   </si>
   <si>
     <t>17.17</t>
   </si>
   <si>
-    <t>Islam Razhev</t>
+    <t>Ислам Ражев</t>
   </si>
   <si>
     <t>22.22</t>
   </si>
   <si>
     <t>18.54</t>
   </si>
   <si>
-    <t>Anna Kasatkina</t>
+    <t>Анна Касаткина</t>
   </si>
   <si>
     <t>29.61</t>
   </si>
   <si>
     <t>25.77</t>
   </si>
   <si>
-    <t>Kirill Butakov</t>
+    <t>Кирилл Бутаков</t>
   </si>
   <si>
     <t>29.98</t>
   </si>
   <si>
     <t>26.14</t>
   </si>
   <si>
-    <t>Arseniy Urakov</t>
+    <t>Арсений Ураков</t>
   </si>
   <si>
     <t>45.41</t>
   </si>
   <si>
     <t>36.67</t>
   </si>
   <si>
-    <t>Adrian Urakov</t>
+    <t>Адриан Ураков</t>
   </si>
   <si>
     <t>56.44</t>
   </si>
   <si>
     <t>49.49</t>
   </si>
   <si>
-    <t>Yelizaveta Skripenkova</t>
+    <t>Елизавета Скрипенкова</t>
   </si>
   <si>
     <t>1:56.09</t>
   </si>
   <si>
     <t>1:04.39</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -570,51 +570,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C21" sqref="C21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>