--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -53,138 +53,138 @@
   <si>
     <t>4.15</t>
   </si>
   <si>
     <t>3.17</t>
   </si>
   <si>
     <t>Vyacheslav Kochergin</t>
   </si>
   <si>
     <t>4.86</t>
   </si>
   <si>
     <t>2.05</t>
   </si>
   <si>
     <t>Alexander Katyukov</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
     <t>2.15</t>
   </si>
   <si>
+    <t>Artem Vasilchenko</t>
+  </si>
+  <si>
+    <t>6.14</t>
+  </si>
+  <si>
+    <t>3.96</t>
+  </si>
+  <si>
     <t>Daniil Lukin</t>
   </si>
   <si>
-    <t>5.52</t>
-[...11 lines deleted...]
-    <t>3.96</t>
+    <t>6.21</t>
+  </si>
+  <si>
+    <t>5.18</t>
   </si>
   <si>
     <t>Islam Razhev</t>
   </si>
   <si>
     <t>6.44</t>
   </si>
   <si>
     <t>3.18</t>
   </si>
   <si>
     <t>Batyrkhan Gaysin</t>
   </si>
   <si>
     <t>9.46</t>
   </si>
   <si>
     <t>7.18</t>
   </si>
   <si>
+    <t>Evgeniy Tkachev</t>
+  </si>
+  <si>
+    <t>10.21</t>
+  </si>
+  <si>
+    <t>6.65</t>
+  </si>
+  <si>
     <t>Vasily Stasyev</t>
   </si>
   <si>
-    <t>10.16</t>
-[...11 lines deleted...]
-    <t>6.65</t>
+    <t>11.37</t>
+  </si>
+  <si>
+    <t>5.63</t>
   </si>
   <si>
     <t>Semën Rudik</t>
   </si>
   <si>
     <t>13.24</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>Azaliya Gafarova</t>
   </si>
   <si>
     <t>14.25</t>
   </si>
   <si>
     <t>10.46</t>
   </si>
   <si>
+    <t>Anna Kasatkina</t>
+  </si>
+  <si>
+    <t>20.17</t>
+  </si>
+  <si>
+    <t>13.47</t>
+  </si>
+  <si>
     <t>Aleksey Bakulin</t>
   </si>
   <si>
-    <t>14.69</t>
-[...11 lines deleted...]
-    <t>13.47</t>
+    <t>24.87</t>
+  </si>
+  <si>
+    <t>10.54</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>