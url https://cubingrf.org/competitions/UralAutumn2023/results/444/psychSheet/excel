--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -26,165 +26,165 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Дарья Белоногова</t>
+  </si>
+  <si>
+    <t>35.39</t>
+  </si>
+  <si>
+    <t>28.44</t>
+  </si>
+  <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>35.69</t>
   </si>
   <si>
     <t>30.11</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>35.88</t>
   </si>
   <si>
     <t>27.83</t>
   </si>
   <si>
-    <t>Дарья Белоногова</t>
-[...7 lines deleted...]
-  <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>43.87</t>
   </si>
   <si>
-    <t>35.87</t>
+    <t>37.85</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
-    <t>45.27</t>
+    <t>44.48</t>
   </si>
   <si>
     <t>37.68</t>
   </si>
   <si>
+    <t>Степан Кобелев</t>
+  </si>
+  <si>
+    <t>45.05</t>
+  </si>
+  <si>
+    <t>39.36</t>
+  </si>
+  <si>
     <t>Егор Гущин</t>
   </si>
   <si>
     <t>45.44</t>
   </si>
   <si>
     <t>37.98</t>
   </si>
   <si>
     <t>Илья Шалашный</t>
   </si>
   <si>
     <t>45.56</t>
   </si>
   <si>
     <t>38.01</t>
   </si>
   <si>
-    <t>Степан Кобелев</t>
-[...7 lines deleted...]
-  <si>
     <t>Матвей Прытков</t>
   </si>
   <si>
     <t>55.87</t>
   </si>
   <si>
     <t>43.46</t>
   </si>
   <si>
     <t>Алексей Барвинк</t>
   </si>
   <si>
     <t>59.40</t>
   </si>
   <si>
     <t>50.38</t>
   </si>
   <si>
     <t>Артём Васильченко</t>
   </si>
   <si>
     <t>1:00.02</t>
   </si>
   <si>
     <t>56.29</t>
   </si>
   <si>
     <t>Илья Горинов</t>
   </si>
   <si>
     <t>1:01.03</t>
   </si>
   <si>
     <t>52.66</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
     <t>1:03.70</t>
   </si>
   <si>
-    <t>57.41</t>
+    <t>58.02</t>
   </si>
   <si>
     <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>1:04.04</t>
   </si>
   <si>
     <t>55.40</t>
   </si>
   <si>
     <t>Тимофей Диденко</t>
   </si>
   <si>
     <t>1:11.66</t>
   </si>
   <si>
     <t>1:03.41</t>
   </si>
   <si>
     <t>Ислам Ражев</t>
   </si>
   <si>
     <t>1:26.49</t>
   </si>