--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,210 +17,210 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Дарья Белоногова</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Darya Belonogova</t>
   </si>
   <si>
     <t>1:03.83</t>
   </si>
   <si>
     <t>55.86</t>
   </si>
   <si>
-    <t>Дмитрий Душейко</t>
+    <t>Dmitrii Dusheiko</t>
   </si>
   <si>
     <t>1:04.46</t>
   </si>
   <si>
     <t>52.77</t>
   </si>
   <si>
-    <t>Илья Епифанов</t>
+    <t>Ilya Epifanov</t>
   </si>
   <si>
     <t>1:13.84</t>
   </si>
   <si>
     <t>1:05.46</t>
   </si>
   <si>
-    <t>Тимофей Терещенко</t>
+    <t>Timofey Tereshchenko</t>
   </si>
   <si>
     <t>1:14.68</t>
   </si>
   <si>
     <t>1:09.34</t>
   </si>
   <si>
-    <t>Даниил Абдулов</t>
+    <t>Daniil Abdulov</t>
   </si>
   <si>
     <t>1:34.57</t>
   </si>
   <si>
     <t>1:24.90</t>
   </si>
   <si>
-    <t>Илья Шалашный</t>
+    <t>Ilya Shalashny</t>
   </si>
   <si>
     <t>1:36.31</t>
   </si>
   <si>
     <t>1:21.15</t>
   </si>
   <si>
-    <t>Егор Гущин</t>
+    <t>Egor Gushchin</t>
   </si>
   <si>
     <t>1:47.17</t>
   </si>
   <si>
     <t>1:34.65</t>
   </si>
   <si>
-    <t>Степан Кобелев</t>
+    <t>Stepan Kobelev</t>
   </si>
   <si>
     <t>1:50.46</t>
   </si>
   <si>
     <t>1:39.59</t>
   </si>
   <si>
-    <t>Василий Стасьев</t>
+    <t>Vasily Stasyev</t>
   </si>
   <si>
     <t>1:53.44</t>
   </si>
   <si>
     <t>1:41.29</t>
   </si>
   <si>
-    <t>Матвей Прытков</t>
+    <t>Matvey Prytkov</t>
   </si>
   <si>
     <t>2:01.50</t>
   </si>
   <si>
     <t>1:49.47</t>
   </si>
   <si>
-    <t>Алексей Барвинк</t>
+    <t>Aleksey Bakulin</t>
   </si>
   <si>
     <t>2:03.24</t>
   </si>
   <si>
     <t>1:58.53</t>
   </si>
   <si>
-    <t>Арсений Кислицын</t>
+    <t>Arseniy Kislitsyn</t>
   </si>
   <si>
     <t>2:22.28</t>
   </si>
   <si>
     <t>2:00.86</t>
   </si>
   <si>
-    <t>Артём Васильченко</t>
+    <t>Artem Vasilchenko</t>
   </si>
   <si>
     <t>2:23.48</t>
   </si>
   <si>
     <t>2:07.79</t>
   </si>
   <si>
-    <t>Ислам Ражев</t>
+    <t>Islam Razhev</t>
   </si>
   <si>
     <t>3:16.84</t>
   </si>
   <si>
     <t>2:28.80</t>
   </si>
   <si>
-    <t>Ролан Хайретдинов</t>
+    <t>Rolan Khayretdinov</t>
   </si>
   <si>
     <t>2:39.24</t>
   </si>
   <si>
-    <t>Тимофей Диденко</t>
+    <t>Timofey Didenko</t>
   </si>
   <si>
     <t>2:50.47</t>
   </si>
   <si>
-    <t>Алексей Ситдиков</t>
-[...11 lines deleted...]
-    <t>Сергей Мишин</t>
+    <t>Aleksey Sitdikov</t>
+  </si>
+  <si>
+    <t>Yelizaveta Yanchuk</t>
+  </si>
+  <si>
+    <t>Ivan Mishin</t>
+  </si>
+  <si>
+    <t>Mark Lunëv</t>
+  </si>
+  <si>
+    <t>Sergey Mishin</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -543,51 +543,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C22" sqref="C22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>