--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,126 +29,126 @@
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Darya Belonogova</t>
   </si>
   <si>
-    <t>1:03.83</t>
+    <t>1:00.51</t>
   </si>
   <si>
     <t>55.86</t>
   </si>
   <si>
     <t>Dmitrii Dusheiko</t>
   </si>
   <si>
     <t>1:04.46</t>
   </si>
   <si>
     <t>52.77</t>
   </si>
   <si>
     <t>Ilya Epifanov</t>
   </si>
   <si>
     <t>1:13.84</t>
   </si>
   <si>
     <t>1:05.46</t>
   </si>
   <si>
     <t>Timofey Tereshchenko</t>
   </si>
   <si>
-    <t>1:14.68</t>
-[...2 lines deleted...]
-    <t>1:09.34</t>
+    <t>1:16.84</t>
+  </si>
+  <si>
+    <t>1:06.32</t>
   </si>
   <si>
     <t>Daniil Abdulov</t>
   </si>
   <si>
     <t>1:34.57</t>
   </si>
   <si>
     <t>1:24.90</t>
   </si>
   <si>
     <t>Ilya Shalashny</t>
   </si>
   <si>
-    <t>1:36.31</t>
+    <t>1:37.91</t>
   </si>
   <si>
     <t>1:21.15</t>
   </si>
   <si>
     <t>Egor Gushchin</t>
   </si>
   <si>
     <t>1:47.17</t>
   </si>
   <si>
     <t>1:34.65</t>
   </si>
   <si>
     <t>Stepan Kobelev</t>
   </si>
   <si>
     <t>1:50.46</t>
   </si>
   <si>
     <t>1:39.59</t>
   </si>
   <si>
     <t>Vasily Stasyev</t>
   </si>
   <si>
-    <t>1:53.44</t>
-[...2 lines deleted...]
-    <t>1:41.29</t>
+    <t>1:57.04</t>
+  </si>
+  <si>
+    <t>1:47.63</t>
   </si>
   <si>
     <t>Matvey Prytkov</t>
   </si>
   <si>
     <t>2:01.50</t>
   </si>
   <si>
     <t>1:49.47</t>
   </si>
   <si>
     <t>Aleksey Bakulin</t>
   </si>
   <si>
     <t>2:03.24</t>
   </si>
   <si>
     <t>1:58.53</t>
   </si>
   <si>
     <t>Arseniy Kislitsyn</t>
   </si>
   <si>
     <t>2:22.28</t>
   </si>