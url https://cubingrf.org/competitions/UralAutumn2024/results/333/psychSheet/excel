--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -92,135 +92,135 @@
   <si>
     <t>8.45</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>9.40</t>
   </si>
   <si>
     <t>8.21</t>
   </si>
   <si>
     <t>Алексей Плешков</t>
   </si>
   <si>
     <t>9.71</t>
   </si>
   <si>
     <t>7.11</t>
   </si>
   <si>
     <t>Иван Стрешинский</t>
   </si>
   <si>
-    <t>10.10</t>
+    <t>10.38</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
     <t>Егор Гущин</t>
   </si>
   <si>
     <t>10.80</t>
   </si>
   <si>
     <t>9.36</t>
   </si>
   <si>
     <t>Артем Свойкин</t>
   </si>
   <si>
     <t>11.05</t>
   </si>
   <si>
     <t>8.85</t>
   </si>
   <si>
     <t>Сергей Бубликов</t>
   </si>
   <si>
-    <t>11.72</t>
-[...2 lines deleted...]
-    <t>10.46</t>
+    <t>12.57</t>
+  </si>
+  <si>
+    <t>11.03</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>12.63</t>
   </si>
   <si>
     <t>8.58</t>
   </si>
   <si>
     <t>Алексей Барвинк</t>
   </si>
   <si>
     <t>13.35</t>
   </si>
   <si>
-    <t>10.29</t>
+    <t>11.49</t>
   </si>
   <si>
     <t>Юлия Дерновая</t>
   </si>
   <si>
     <t>13.52</t>
   </si>
   <si>
     <t>10.15</t>
   </si>
   <si>
     <t>Алексей Ружинский</t>
   </si>
   <si>
     <t>13.56</t>
   </si>
   <si>
     <t>11.48</t>
   </si>
   <si>
     <t>Семён Рудик</t>
   </si>
   <si>
     <t>14.10</t>
   </si>
   <si>
     <t>10.23</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
     <t>16.87</t>
   </si>
   <si>
-    <t>14.65</t>
+    <t>15.02</t>
   </si>
   <si>
     <t>Тимур Файрушин</t>
   </si>
   <si>
     <t>20.27</t>
   </si>
   <si>
     <t>16.67</t>
   </si>
   <si>
     <t>Егор Мелкозеров</t>
   </si>
   <si>
     <t>20.93</t>
   </si>
   <si>
     <t>17.46</t>
   </si>
   <si>
     <t>Роман Беляев</t>
   </si>
   <si>
     <t>21.19</t>
   </si>