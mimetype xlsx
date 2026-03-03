--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -41,168 +41,168 @@
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>11.58</t>
   </si>
   <si>
     <t>10.07</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>15.27</t>
   </si>
   <si>
-    <t>13.68</t>
+    <t>13.31</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>15.33</t>
   </si>
   <si>
     <t>12.55</t>
   </si>
   <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
-    <t>16.16</t>
+    <t>15.94</t>
   </si>
   <si>
     <t>13.75</t>
   </si>
   <si>
+    <t>Анна Дуганова</t>
+  </si>
+  <si>
+    <t>20.57</t>
+  </si>
+  <si>
+    <t>18.85</t>
+  </si>
+  <si>
     <t>Артем Свойкин</t>
   </si>
   <si>
     <t>22.21</t>
   </si>
   <si>
     <t>19.12</t>
   </si>
   <si>
-    <t>Анна Дуганова</t>
-[...7 lines deleted...]
-  <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>24.37</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
     <t>Иван Стрешинский</t>
   </si>
   <si>
     <t>24.61</t>
   </si>
   <si>
     <t>21.17</t>
   </si>
   <si>
     <t>Сергей Бубликов</t>
   </si>
   <si>
-    <t>24.74</t>
-[...2 lines deleted...]
-    <t>19.73</t>
+    <t>25.67</t>
+  </si>
+  <si>
+    <t>20.85</t>
   </si>
   <si>
     <t>Егор Гущин</t>
   </si>
   <si>
     <t>27.10</t>
   </si>
   <si>
     <t>23.60</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>27.40</t>
   </si>
   <si>
     <t>21.61</t>
   </si>
   <si>
     <t>Тимур Файрушин</t>
   </si>
   <si>
     <t>30.19</t>
   </si>
   <si>
     <t>26.98</t>
   </si>
   <si>
     <t>Семён Рудик</t>
   </si>
   <si>
-    <t>33.59</t>
+    <t>32.55</t>
   </si>
   <si>
     <t>28.70</t>
   </si>
   <si>
     <t>Алексей Ружинский</t>
   </si>
   <si>
     <t>34.81</t>
   </si>
   <si>
     <t>28.04</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
     <t>35.85</t>
   </si>
   <si>
-    <t>28.88</t>
+    <t>32.18</t>
   </si>
   <si>
     <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>1:07.19</t>
   </si>
   <si>
     <t>Алексей Барвинк</t>
   </si>
   <si>
     <t>1:27.10</t>
   </si>
   <si>
     <t>Арсений Трифонов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>