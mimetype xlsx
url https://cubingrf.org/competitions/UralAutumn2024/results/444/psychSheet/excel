--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -35,156 +35,156 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>29.18</t>
   </si>
   <si>
     <t>24.52</t>
   </si>
   <si>
+    <t>Дарья Белоногова</t>
+  </si>
+  <si>
+    <t>35.39</t>
+  </si>
+  <si>
+    <t>28.44</t>
+  </si>
+  <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>35.69</t>
   </si>
   <si>
     <t>30.11</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>35.88</t>
   </si>
   <si>
     <t>27.83</t>
   </si>
   <si>
-    <t>Дарья Белоногова</t>
-[...7 lines deleted...]
-  <si>
     <t>Анна Дуганова</t>
   </si>
   <si>
     <t>40.71</t>
   </si>
   <si>
     <t>37.61</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>43.87</t>
   </si>
   <si>
-    <t>35.87</t>
+    <t>37.85</t>
+  </si>
+  <si>
+    <t>Даниил Абдулов</t>
+  </si>
+  <si>
+    <t>44.48</t>
+  </si>
+  <si>
+    <t>37.68</t>
+  </si>
+  <si>
+    <t>Егор Гущин</t>
+  </si>
+  <si>
+    <t>45.44</t>
+  </si>
+  <si>
+    <t>37.98</t>
   </si>
   <si>
     <t>Сергей Бубликов</t>
   </si>
   <si>
-    <t>44.40</t>
+    <t>47.65</t>
   </si>
   <si>
     <t>39.96</t>
   </si>
   <si>
-    <t>Даниил Абдулов</t>
-[...16 lines deleted...]
-  <si>
     <t>Алексей Плешков</t>
   </si>
   <si>
     <t>47.98</t>
   </si>
   <si>
-    <t>45.56</t>
+    <t>45.18</t>
   </si>
   <si>
     <t>Артем Свойкин</t>
   </si>
   <si>
     <t>48.24</t>
   </si>
   <si>
     <t>43.70</t>
   </si>
   <si>
     <t>Алексей Барвинк</t>
   </si>
   <si>
     <t>59.40</t>
   </si>
   <si>
     <t>50.38</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
     <t>1:03.70</t>
   </si>
   <si>
-    <t>57.41</t>
+    <t>58.02</t>
   </si>
   <si>
     <t>Алексей Ружинский</t>
   </si>
   <si>
     <t>1:05.44</t>
   </si>
   <si>
     <t>57.45</t>
   </si>
   <si>
     <t>Иван Стрешинский</t>
   </si>
   <si>
     <t>1:07.14</t>
   </si>
   <si>
     <t>1:02.96</t>
   </si>
   <si>
     <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>1:30.40</t>
   </si>